--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -1,58 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0F08F8A6" w14:textId="761C2B3B" w:rsidR="00356E62" w:rsidRPr="004976AF" w:rsidRDefault="00115D93" w:rsidP="004976AF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>EuroHPC</w:t>
       </w:r>
       <w:r w:rsidR="00981859" w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Joint Undertaking (JU)</w:t>
       </w:r>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -86,143 +90,150 @@
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Final Report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669CCEAB" w14:textId="28B16A90" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3951D421" w14:textId="7C5DE690" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading1"/>
+    <w:p w14:paraId="3951D421" w14:textId="7C5DE690" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00115D93" w:rsidP="4E74DB8B">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00225DC8">
+      <w:r w:rsidRPr="4E74DB8B">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E6A0AF" w14:textId="394A2369" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="5C8D8D15" w14:textId="28EFC6DE" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Type of project granted: </w:t>
-[...23 lines deleted...]
-        <w:t>[single-year access]</w:t>
+        <w:t>Proposal ID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8D8D15" w14:textId="28EFC6DE" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="30A032C6" w14:textId="508988E8" w:rsidR="00115D93" w:rsidRPr="00225DC8" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+      <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00225DC8">
+        <w:t>Please fill in the information in the box below</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004976AF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>.</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">(e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>EHPC-</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>REG</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>XRXX</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00705B22">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>XXX).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C016A7" w:rsidRPr="004976AF" w14:paraId="008134F0" w14:textId="77777777" w:rsidTr="00C016A7">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -230,51 +241,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C388CDF" w14:textId="5666B833" w:rsidR="00C016A7" w:rsidRPr="004976AF" w:rsidRDefault="00C016A7" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6BF64A62" w14:textId="19F4FF02" w:rsidR="00981859" w:rsidRPr="00225DC8" w:rsidRDefault="00981859" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="66E7B675" w14:textId="64BA5F76" w:rsidR="00CF78D4" w:rsidRPr="004976AF" w:rsidRDefault="00CF78D4" w:rsidP="004976AF">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Access Track Selected</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47311B1A" w14:textId="59BB97D2" w:rsidR="00CF78D4" w:rsidRPr="004976AF" w:rsidRDefault="00CF78D4" w:rsidP="00CF78D4">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -292,276 +303,273 @@
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC75C9" w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>lick once in the box to select it, click again to unselect.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4815" w:type="dxa"/>
+        <w:tblW w:w="5053" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-        <w:gridCol w:w="4111"/>
+        <w:gridCol w:w="738"/>
+        <w:gridCol w:w="4315"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="5EA19141" w14:textId="77777777" w:rsidTr="004976AF">
+      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="5EA19141" w14:textId="77777777" w:rsidTr="004B4C0A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-430442431"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="704" w:type="dxa"/>
+                <w:tcW w:w="738" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="39DDF958" w14:textId="77777777" w:rsidR="00BC75C9" w:rsidRPr="004976AF" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B37452" w14:textId="78AD82CD" w:rsidR="00BC75C9" w:rsidRPr="00225DC8" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004976AF">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scientific Access Track</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="75A254D7" w14:textId="77777777" w:rsidTr="004976AF">
+      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="75A254D7" w14:textId="77777777" w:rsidTr="004B4C0A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1249567285"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="704" w:type="dxa"/>
+                <w:tcW w:w="738" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="774E5708" w14:textId="77777777" w:rsidR="00BC75C9" w:rsidRPr="004976AF" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="136DC7BE" w14:textId="15BB18F1" w:rsidR="00BC75C9" w:rsidRPr="00225DC8" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004976AF">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Industry Access Track</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="5CAFA12C" w14:textId="77777777" w:rsidTr="004976AF">
+      <w:tr w:rsidR="00BC75C9" w:rsidRPr="004976AF" w14:paraId="5CAFA12C" w14:textId="77777777" w:rsidTr="004B4C0A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="589"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="1693421380"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="704" w:type="dxa"/>
+                <w:tcW w:w="738" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6F9DB556" w14:textId="77777777" w:rsidR="00BC75C9" w:rsidRPr="004976AF" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4315" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1042A08D" w14:textId="0702147F" w:rsidR="00BC75C9" w:rsidRPr="004976AF" w:rsidRDefault="00BC75C9" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004976AF">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Public Administration Access Track</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="288778FA" w14:textId="77777777" w:rsidR="00CF78D4" w:rsidRPr="00225DC8" w:rsidRDefault="00CF78D4" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AEF859E" w14:textId="77777777" w:rsidR="00F96ECD" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Period of </w:t>
       </w:r>
       <w:r w:rsidR="00BB42EF" w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">ccess to the EuroHPC </w:t>
       </w:r>
       <w:r w:rsidR="00BB42EF" w:rsidRPr="00225DC8">
@@ -708,1162 +716,1622 @@
             </w:pPr>
             <w:r w:rsidRPr="00225DC8">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Duration of extension in months (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4502" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3989FDCD" w14:textId="77777777" w:rsidR="00E20607" w:rsidRPr="00225DC8" w:rsidRDefault="00E20607" w:rsidP="006B71C7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51F2D5FD" w14:textId="511ECB28" w:rsidR="00E20607" w:rsidRPr="00225DC8" w:rsidRDefault="00E20607" w:rsidP="003B26E0">
+    <w:p w14:paraId="51F2D5FD" w14:textId="511ECB28" w:rsidR="00E20607" w:rsidRDefault="00E20607" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58BB49CE" w14:textId="4F1E01B3" w:rsidR="00F84A21" w:rsidRPr="00A93CDF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...36 lines deleted...]
-        <w:t>assigned</w:t>
+    <w:p w14:paraId="782EAA1B" w14:textId="3BFCDCB2" w:rsidR="0049528D" w:rsidRPr="00743999" w:rsidRDefault="0049528D" w:rsidP="00743999">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Continuation projects, if applicable</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7669ED3D" w14:textId="0EFBD99F" w:rsidR="000B0568" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="39356109" w14:textId="3D2B438F" w:rsidR="00743999" w:rsidRPr="004976AF" w:rsidRDefault="00743999" w:rsidP="00743999">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A93CDF">
-[...4 lines deleted...]
-        <w:t>Please click</w:t>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21259" w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>fill in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the information below in case the project was awarded </w:t>
       </w:r>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...9 lines deleted...]
-        <w:t>once</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">resources as a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continuation </w:t>
       </w:r>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>project.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9742" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5240"/>
+        <w:gridCol w:w="4502"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00743999" w:rsidRPr="004976AF" w14:paraId="5D153610" w14:textId="77777777" w:rsidTr="00C967EE">
+        <w:trPr>
+          <w:trHeight w:val="534"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD8598F" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225DC8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Start date of the original allocation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F091C6" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743999" w:rsidRPr="004976AF" w14:paraId="5CBDEA5E" w14:textId="77777777" w:rsidTr="00C967EE">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11C7FB8D" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225DC8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>End date of the original allocation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="400A0DBD" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743999" w:rsidRPr="004976AF" w14:paraId="000F146F" w14:textId="77777777" w:rsidTr="00C967EE">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD508C3" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225DC8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Start date of the continuation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BE2145" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00743999" w:rsidRPr="004976AF" w14:paraId="0733E9D5" w14:textId="77777777" w:rsidTr="00C967EE">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5240" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8F9AEC" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00225DC8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>End date of the continuation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4502" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69373D34" w14:textId="77777777" w:rsidR="00743999" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5540E5BF" w14:textId="77777777" w:rsidR="0049528D" w:rsidRDefault="0049528D" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BB49CE" w14:textId="4F1E01B3" w:rsidR="00F84A21" w:rsidRPr="00A93CDF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EuroHPC </w:t>
+      </w:r>
+      <w:r w:rsidR="00873B41" w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00873B41" w:rsidRPr="00A93CDF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">U </w:t>
+      </w:r>
+      <w:r w:rsidR="002920A1" w:rsidRPr="00A93CDF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">system </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A93CDF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>assigned</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7669ED3D" w14:textId="0EFBD99F" w:rsidR="000B0568" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CDF">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please click</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1551" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>once</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the box</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1551" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to select it, click again to unselect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9801" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="680"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4007"/>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="3933"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="4031"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00501CC6" w:rsidRPr="004976AF" w14:paraId="251CE97C" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="5906F7BC" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-185756168"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="6EADA8BC" w14:textId="24CD242C" w:rsidR="00501CC6" w:rsidRPr="004976AF" w:rsidRDefault="004B1551" w:rsidP="003B26E0">
+              <w:p w14:paraId="03E4B0E9" w14:textId="181403A6" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00CD72D0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77638161" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="00225DC8" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vega CPU (IZUM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1672324419"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3F6762EB" w14:textId="21174C4F" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00CD72D0" w:rsidP="00CD72D0">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4AB4CC" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="00225DC8" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vega GPU (IZUM)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="697636CE" w14:textId="77777777" w:rsidTr="00CD72D0">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1504863909"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7B5ACA6C" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
+                <w:pPr>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="172F1BED" w14:textId="27B6C547" w:rsidR="00501CC6" w:rsidRPr="00225DC8" w:rsidRDefault="00A93CDF" w:rsidP="003B26E0">
-[...124 lines deleted...]
-          <w:p w14:paraId="7138AD8F" w14:textId="2CBBB4CB" w:rsidR="00557595" w:rsidRPr="00225DC8" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="65149D59" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="00225DC8" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Karolina CPU (IT4Innovations)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="263039388"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="266738FE" w14:textId="0E0025CD" w:rsidR="00557595" w:rsidRPr="004976AF" w:rsidRDefault="00557595" w:rsidP="00557595">
+              <w:p w14:paraId="62E552F2" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61022D6E" w14:textId="12293C2C" w:rsidR="00557595" w:rsidRPr="00A93CDF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="12ABF22C" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="00A93CDF" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Karolina GPU (IT4Innovations)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00557595" w:rsidRPr="004976AF" w14:paraId="29ABF762" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="20B93975" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-102045852"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="32A2F1C3" w14:textId="32A7B1FF" w:rsidR="00557595" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+              <w:p w14:paraId="77217F35" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3021A4A0" w14:textId="49FBEE0F" w:rsidR="00557595" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="5B1A168E" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MeluXina</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> CPU (</w:t>
+              <w:t>MeluXina CPU (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LuxProvide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="210542109"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="15B55F5A" w14:textId="15F83237" w:rsidR="00557595" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+              <w:p w14:paraId="12E01AA2" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A17AF46" w14:textId="2ECA1939" w:rsidR="00557595" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="3A6A728C" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MeluXina</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> GPU (</w:t>
+              <w:t>MeluXina GPU (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LuxProvide</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A93CDF" w:rsidRPr="004976AF" w14:paraId="2DD9A416" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="65E09328" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-859349357"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1D11BF25" w14:textId="02CDA39F" w:rsidR="00A93CDF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+              <w:p w14:paraId="7CDDF3C0" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CDEA477" w14:textId="1E9B791C" w:rsidR="00A93CDF" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="69DCFA11" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Discoverer (Sofia Tech)</w:t>
+              <w:t>Discoverer CPU (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SofiaTech</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1563472244"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="145841A6" w14:textId="5DACC9D3" w:rsidR="00A93CDF" w:rsidRDefault="009646CA" w:rsidP="00557595">
+              <w:p w14:paraId="5D725EFA" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18DB3DAC" w14:textId="4835420E" w:rsidR="00A93CDF" w:rsidRPr="004976AF" w:rsidRDefault="00A93CDF" w:rsidP="00557595">
+          <w:p w14:paraId="07B27FE1" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRPr="004976AF" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>LUMI-C (CSC)</w:t>
+              <w:t>Deucalion ARM (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009646CA" w:rsidRPr="004976AF" w14:paraId="2316D495" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="4FB5ABA3" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-630704539"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4359C5F3" w14:textId="4018CA0E" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+              <w:p w14:paraId="737A5D1D" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="660BE693" w14:textId="7F0EEC66" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+          <w:p w14:paraId="38531DD8" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Deucalion (MACC)</w:t>
+              <w:t>Deucalion x86 (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="2082867152"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="7199736F" w14:textId="7BBB353A" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+              <w:p w14:paraId="67ACA821" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26EE67F4" w14:textId="74F9DB02" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+          <w:p w14:paraId="65BAF0D3" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>LUMI-G (CSC)</w:t>
+              <w:t>Deucalion GPU (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009646CA" w:rsidRPr="004976AF" w14:paraId="472DBC8A" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="74B073B8" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1974673122"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="68758E6F" w14:textId="02A90234" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+              <w:p w14:paraId="07867604" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00E62DBE" w14:textId="514A5BF8" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+          <w:p w14:paraId="4C6A3D36" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Leonardo Booster (CINECA)</w:t>
+              <w:t>LUMI-C (CSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="-1315573168"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="19757757" w14:textId="1DA623C6" w:rsidR="009646CA" w:rsidRDefault="00C43F45" w:rsidP="009646CA">
+              <w:p w14:paraId="22BB1E94" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A70099E" w14:textId="555C77B2" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+          <w:p w14:paraId="7F90E50F" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Leonardo DC</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (CINECA)</w:t>
+              <w:t>LUMI-G (CSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009646CA" w:rsidRPr="004976AF" w14:paraId="4CE46056" w14:textId="77777777" w:rsidTr="009646CA">
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="0B9DEAFB" w14:textId="77777777" w:rsidTr="00CD72D0">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-428341515"/>
+            <w:id w:val="-505280578"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="680" w:type="dxa"/>
+                <w:tcW w:w="684" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="1DF607CE" w14:textId="3D9A34CB" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+              <w:p w14:paraId="3054630A" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3909" w:type="dxa"/>
+            <w:tcW w:w="3933" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0296275B" w14:textId="7F09EC02" w:rsidR="009646CA" w:rsidRDefault="009646CA" w:rsidP="009646CA">
+          <w:p w14:paraId="30684097" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>MN5 GPP (BSC)</w:t>
+              <w:t>Leonardo Booster (CINECA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="838116866"/>
+            <w:id w:val="1488969918"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1146" w:type="dxa"/>
+                <w:tcW w:w="1153" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="55708667" w14:textId="4F08EA12" w:rsidR="009646CA" w:rsidRDefault="00C43F45" w:rsidP="009646CA">
+              <w:p w14:paraId="2A829F0C" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4007" w:type="dxa"/>
+            <w:tcW w:w="4031" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E10E09" w14:textId="774BFE6A" w:rsidR="009646CA" w:rsidRDefault="00C43F45" w:rsidP="009646CA">
+          <w:p w14:paraId="701C600E" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Leonardo DCGP (CINECA)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E825C0" w:rsidRPr="004976AF" w14:paraId="57AE2B62" w14:textId="77777777" w:rsidTr="00CD72D0">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-428341515"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="444C5642" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F95E8DC" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MN5 GPP (BSC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1537110440"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="75131350" w14:textId="77777777" w:rsidR="00E825C0" w:rsidRDefault="00E825C0" w:rsidP="00CD72D0">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D8EAA1" w14:textId="313FDC35" w:rsidR="00007AD1" w:rsidRDefault="00E825C0" w:rsidP="00C967EE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MN5 ACC (BSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00007AD1" w:rsidRPr="004976AF" w14:paraId="27E9182E" w14:textId="77777777" w:rsidTr="00CD72D0">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1367833427"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7E7C7A05" w14:textId="2238428D" w:rsidR="00007AD1" w:rsidRPr="00F34FE9" w:rsidRDefault="00007AD1" w:rsidP="00CD72D0">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00F34FE9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08620C54" w14:textId="7D151B46" w:rsidR="00980C5D" w:rsidRPr="00CD72D0" w:rsidRDefault="12C1169B" w:rsidP="00CD72D0">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4E74DB8B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JU</w:t>
+            </w:r>
+            <w:r w:rsidR="5A1611ED" w:rsidRPr="4E74DB8B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PITER Booster</w:t>
+            </w:r>
+            <w:r w:rsidR="40BCD250" w:rsidRPr="4E74DB8B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA6DD9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>JSC</w:t>
+            </w:r>
+            <w:r w:rsidR="40BCD250" w:rsidRPr="4E74DB8B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1153" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347FA565" w14:textId="77777777" w:rsidR="00007AD1" w:rsidRDefault="00007AD1" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF8D3FB" w14:textId="77777777" w:rsidR="00007AD1" w:rsidRDefault="00007AD1" w:rsidP="00C967EE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2F8E4194" w14:textId="77777777" w:rsidR="004976AF" w:rsidRPr="00225DC8" w:rsidRDefault="004976AF" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="5DC29FC6" w14:textId="77777777" w:rsidR="00CD72D0" w:rsidRDefault="00CD72D0" w:rsidP="00CD72D0">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BED8DF4" w14:textId="2DC4461D" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Principal Investigator</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6BED8DF4" w14:textId="5F171B90" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="27A446CE" w14:textId="5EF7BDB4" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+      <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Please fill in the information in the table below</w:t>
+        <w:t xml:space="preserve">Please fill in the information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the table below</w:t>
       </w:r>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2368"/>
@@ -2061,88 +2529,84 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21AC2685" w14:textId="77777777" w:rsidR="000141F3" w:rsidRPr="00225DC8" w:rsidRDefault="000141F3" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17BCBB23" w14:textId="3E63E610" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197DBE12" w14:textId="6DFAB111" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="22D0373F" w14:textId="19308216" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00743999" w:rsidP="00743999">
+      <w:pPr>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ADC3F91" w14:textId="085DE6B9" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Project information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EBB2B0" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="53D246BC" w14:textId="3E588C02" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project</w:t>
       </w:r>
       <w:r w:rsidR="00BB42EF" w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623BD986" w14:textId="5EABF56B" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -2190,802 +2654,1279 @@
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299F306E" w14:textId="454209A2" w:rsidR="007C01E8" w:rsidRPr="004976AF" w:rsidRDefault="007C01E8" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="365A5A87" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78A7CEC2" w14:textId="05D8D0D7" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="78A7CEC2" w14:textId="05D8D0D7" w:rsidR="00F84A21" w:rsidRPr="00CF49D4" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004976AF">
+      <w:r w:rsidRPr="00CF49D4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Main research field</w:t>
       </w:r>
-      <w:r w:rsidR="002920A1" w:rsidRPr="004976AF">
+      <w:r w:rsidR="002920A1" w:rsidRPr="00CF49D4">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CBD715" w14:textId="77777777" w:rsidR="00CF28CC" w:rsidRPr="004976AF" w:rsidRDefault="00CF28CC" w:rsidP="00CF28CC">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please click once in the box to select it, click again to unselect.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9742" w:type="dxa"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4218"/>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="9487"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304236" w:rsidRPr="004976AF" w14:paraId="2BA223EF" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="0223E34E" w14:textId="77777777" w:rsidTr="00E83E4C">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
             <w:id w:val="271913492"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="704" w:type="dxa"/>
-                <w:vAlign w:val="center"/>
+                <w:tcW w:w="436" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="7B146649" w14:textId="6EF1E8C8" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="3A69B40F" w14:textId="171B5B11" w:rsidR="00FA1576" w:rsidRPr="004976AF" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="042D7952" w14:textId="1F6717C9" w:rsidR="00FA1576" w:rsidRPr="00225DC8" w:rsidRDefault="00FA1576" w:rsidP="00A910B5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Artificial Intelligence</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="284C691D" w14:textId="77777777" w:rsidTr="00E83E4C">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-798293018"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="35D3C78E" w14:textId="77777777" w:rsidR="00FA1576" w:rsidRPr="004976AF" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
+                <w:pPr>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46C5DCAD" w14:textId="7DF35518" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="189B707A" w14:textId="5C6163A8" w:rsidR="00FA1576" w:rsidRPr="00225DC8" w:rsidRDefault="00FA1576" w:rsidP="00A910B5">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
+            <w:r w:rsidRPr="00273CE3">
               <w:rPr>
                 <w:bCs/>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-              <w:t>LS1, LS2, LS8, LS9)</w:t>
+              </w:rPr>
+              <w:t>Biochemistry, Bioinformatics, Life Sciences, Physiology and Medicine</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="178FC574" w14:textId="77777777" w:rsidTr="00E83E4C">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="216175645"/>
+            <w:id w:val="-1527167026"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="709" w:type="dxa"/>
-                <w:vAlign w:val="center"/>
+                <w:tcW w:w="436" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="15894EAD" w14:textId="41060249" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="16694ADD" w14:textId="77777777" w:rsidR="00FA1576" w:rsidRPr="004976AF" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="right"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4218" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="9487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="484D2C89" w14:textId="30D925BB" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="6069C525" w14:textId="50EDFA0E" w:rsidR="00FA1576" w:rsidRPr="00225DC8" w:rsidRDefault="00FA1576" w:rsidP="00A910B5">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
-[...11 lines deleted...]
-              <w:t>PE2)</w:t>
+            <w:r w:rsidRPr="00273CE3">
+              <w:t>Chemical Sciences and Materials, Solid State Physics</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304236" w:rsidRPr="004976AF" w14:paraId="507063DA" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="71E5D744" w14:textId="77777777" w:rsidTr="00E83E4C">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-283200639"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="0196B382" w14:textId="77777777" w:rsidR="00FA1576" w:rsidRPr="004976AF" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D7136D4" w14:textId="61F5081C" w:rsidR="00FA1576" w:rsidRPr="00225DC8" w:rsidRDefault="00FA1576" w:rsidP="00A910B5">
+            <w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D22DB9">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Computational Physics: Universe Sciences, Fundamental Constituents of Matter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="7941CF81" w14:textId="77777777" w:rsidTr="00E83E4C">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="436" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60A833E3" w14:textId="2BBE372F" w:rsidR="00FA1576" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDB7A83" w14:textId="75AD213D" w:rsidR="00FA1576" w:rsidRPr="00D22DB9" w:rsidRDefault="00FA1576" w:rsidP="00FA1576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D22DB9">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Earth System Sciences &amp; Environmental Studies</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="5F665161" w14:textId="77777777" w:rsidTr="00E83E4C">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-798293018"/>
+            <w:id w:val="1636218265"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="32313D82" w14:textId="11A55AE1" w:rsidR="00FA1576" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26116F15" w14:textId="65FC5894" w:rsidR="00FA1576" w:rsidRPr="00D22DB9" w:rsidRDefault="00FA1576" w:rsidP="00FA1576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00346595">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Engineering, Mathematics and Computer Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA1576" w:rsidRPr="004976AF" w14:paraId="47094168" w14:textId="77777777" w:rsidTr="00E83E4C">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-435909731"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+              </w:tcPr>
+              <w:p w14:paraId="5DAA68C6" w14:textId="28FF4421" w:rsidR="00FA1576" w:rsidRDefault="00FA1576" w:rsidP="00CF49D4">
+                <w:pPr>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9487" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D826EBC" w14:textId="6371EB62" w:rsidR="00FA1576" w:rsidRPr="00D22DB9" w:rsidRDefault="00FA1576" w:rsidP="00FA1576">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00346595">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Socio-Economic Sciences and Humanities: Economics, Finance and Management, Linguistics, Cognition and Culture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="718D9933" w14:textId="77777777" w:rsidR="00980C5D" w:rsidRDefault="00980C5D" w:rsidP="00980C5D"/>
+    <w:p w14:paraId="433838E2" w14:textId="77777777" w:rsidR="00980C5D" w:rsidRDefault="00980C5D" w:rsidP="00980C5D"/>
+    <w:p w14:paraId="741DDB42" w14:textId="69801409" w:rsidR="000C346E" w:rsidRDefault="000C346E" w:rsidP="000C346E">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Artificial Intellignece technologies used, if applicable</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00574858" w14:textId="77777777" w:rsidR="001A6550" w:rsidRDefault="001A6550" w:rsidP="001A6550">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Please click once in the box to select it, click again to unselect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="4107"/>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="4676"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001A6550" w:rsidRPr="004976AF" w14:paraId="61229F01" w14:textId="77777777" w:rsidTr="009E0EFC">
+        <w:trPr>
+          <w:trHeight w:val="476"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-828432211"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="704" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="4DF203C3" w14:textId="65D972FF" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="2F7F1509" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3956D589" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="00225DC8" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Machine Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1564759461"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="534AB3C6" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4676" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73DF85F3" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Audio (speech recognition, speech synthesis, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6550" w:rsidRPr="004976AF" w14:paraId="03A160CD" w14:textId="77777777" w:rsidTr="009E0EFC">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-410473140"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="083AE094" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55C640DE" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="00225DC8" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Natural Language Processing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-668857091"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="31B359D8" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+                <w:pPr>
+                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4676" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01E2A190" w14:textId="58A5065D" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="488A7B1A" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
+            <w:r w:rsidRPr="00F3744B">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Sciences and Materials </w:t>
-[...6 lines deleted...]
-              <w:t>(PE3, PE4, PE5)</w:t>
+              <w:t>Robotic process automation</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6550" w:rsidRPr="004976AF" w14:paraId="5D839F6D" w14:textId="77777777" w:rsidTr="009E0EFC">
+        <w:trPr>
+          <w:trHeight w:val="434"/>
+        </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-1141580160"/>
+            <w:id w:val="-1820567928"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="709" w:type="dxa"/>
+                <w:tcW w:w="704" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="314D9166" w14:textId="24FEAB5F" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="610B4F78" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
-                    <w:rFonts w:cs="Arial"/>
+                    <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4218" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CBDFB57" w14:textId="4F9C1139" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="09F494E0" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
-[...4 lines deleted...]
-              <w:t>Linguistics, Cognition and Culture (SH3, SH4, SH5, SH6)</w:t>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Generative Language Modeling</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-1527167026"/>
+            <w:id w:val="-930505248"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="704" w:type="dxa"/>
+                <w:tcW w:w="436" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="55901BC9" w14:textId="78B39E3D" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="07000688" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4111" w:type="dxa"/>
+            <w:tcW w:w="4676" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778ECFB6" w14:textId="588731D8" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="270748E1" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
+            <w:r w:rsidRPr="00F3744B">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Sciences </w:t>
-[...6 lines deleted...]
-              <w:t>(PE10)</w:t>
+              <w:t>Virtual agents</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6550" w:rsidRPr="004976AF" w14:paraId="2FC63CD3" w14:textId="77777777" w:rsidTr="009E0EFC">
+        <w:trPr>
+          <w:trHeight w:val="569"/>
+        </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
-              <w:rFonts w:cs="Arial"/>
+              <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="-1657838350"/>
+            <w:id w:val="-263376639"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="709" w:type="dxa"/>
+                <w:tcW w:w="704" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="47175C04" w14:textId="7A20013E" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="1D880193" w14:textId="77777777" w:rsidR="001A6550" w:rsidRDefault="001A6550" w:rsidP="0057305E">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:cs="Arial"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4218" w:type="dxa"/>
+            <w:tcW w:w="4107" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="495EEFB9" w14:textId="07CFB9CB" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="05B12A3D" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
-[...198 lines deleted...]
-              <w:t>Engineering (PE7, PE8)</w:t>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deep Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:lang w:val="en-US"/>
             </w:rPr>
-            <w:id w:val="1052500135"/>
+            <w:id w:val="-1211797616"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
-          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="709" w:type="dxa"/>
+                <w:tcW w:w="436" w:type="dxa"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="3A3A7E9C" w14:textId="6036E295" w:rsidR="00304236" w:rsidRPr="004976AF" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+              <w:p w14:paraId="78AE24B9" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
                 <w:pPr>
-                  <w:jc w:val="both"/>
+                  <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="004976AF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                     <w:bCs/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4218" w:type="dxa"/>
+            <w:tcW w:w="4676" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1315D693" w14:textId="6169FDCD" w:rsidR="00304236" w:rsidRPr="00225DC8" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+          <w:p w14:paraId="4BC3C0BF" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004976AF">
+            <w:r w:rsidRPr="00F3744B">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Universe Science </w:t>
+              <w:t>Decision management: Classified and statistical learning methods</w:t>
             </w:r>
-            <w:r w:rsidRPr="004976AF">
-[...4 lines deleted...]
-              <w:t>(PE9)</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6550" w:rsidRPr="004976AF" w14:paraId="5C7E1335" w14:textId="77777777" w:rsidTr="009E0EFC">
+        <w:trPr>
+          <w:trHeight w:val="563"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="51354461"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="63183188" w14:textId="77777777" w:rsidR="001A6550" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4107" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3231282A" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vision (image recognition, image generation, text recognition OCR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1525393175"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="436" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="22DEB378" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4676" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5497BEC3" w14:textId="77777777" w:rsidR="001A6550" w:rsidRPr="004976AF" w:rsidRDefault="001A6550" w:rsidP="0057305E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Other*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20DAB052" w14:textId="00AAFA88" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+    <w:p w14:paraId="6BB3C652" w14:textId="77777777" w:rsidR="001A6550" w:rsidRDefault="001A6550" w:rsidP="001A6550">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A59E47C" w14:textId="1255443C" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="000532CB" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="6ACC3178" w14:textId="77777777" w:rsidR="001A6550" w:rsidRDefault="001A6550" w:rsidP="001A6550">
+      <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>* Other - S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6DB0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pecify the used AI technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EFDBE75" w14:textId="5DF44DBE" w:rsidR="000C346E" w:rsidRDefault="000C346E" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A59E47C" w14:textId="1255443C" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="000532CB" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Team members and </w:t>
       </w:r>
       <w:r w:rsidR="00AD5F53" w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00F84A21" w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>nstitutions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3397B8F6" w14:textId="471339D7" w:rsidR="00AD5F53" w:rsidRPr="004976AF" w:rsidRDefault="00AD5F53" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
@@ -3030,62 +3971,61 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FFF8A54" w14:textId="5C648B70" w:rsidR="003B26E0" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42831471" w14:textId="39B4101D" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDAF2F0" w14:textId="50B96EEF" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Summary of the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8114C5" w14:textId="4A9BC315" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please fill in the field with the same text used in the application form (maximum 500 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -3109,82 +4049,76 @@
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C933648" w14:textId="18462F8A" w:rsidR="003B26E0" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13DE7796" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0924E6D6" w14:textId="7F76A2EA" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="0924E6D6" w14:textId="5A821E5F" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Description of the results obtained from the scientific point of view, future perspectives, benefits to </w:t>
       </w:r>
-      <w:r w:rsidR="00AD5F53" w:rsidRPr="004976AF">
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="000019BD" w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>society</w:t>
       </w:r>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>society and the benefits of using computer resources</w:t>
+        <w:t xml:space="preserve"> and the benefits of using computer resources</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D754AC" w14:textId="1F36F1AB" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00C82937" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below</w:t>
       </w:r>
       <w:r w:rsidR="003B26E0" w:rsidRPr="004976AF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (maximum 1000 words)</w:t>
       </w:r>
@@ -3223,127 +4157,143 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61377FC7" w14:textId="579A9188" w:rsidR="003B26E0" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EAD2A53" w14:textId="043DA2C6" w:rsidR="00F84A21" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B05FF67" w14:textId="77777777" w:rsidR="00856CD6" w:rsidRPr="00DE1655" w:rsidRDefault="00856CD6" w:rsidP="00856CD6">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DE1655">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Energy consumption of the project</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0023CF6A" w14:textId="77777777" w:rsidR="00856CD6" w:rsidRPr="00E21EFB" w:rsidRDefault="00856CD6" w:rsidP="00856CD6">
+    <w:p w14:paraId="0023CF6A" w14:textId="3BDF3E8A" w:rsidR="00856CD6" w:rsidRPr="00E21EFB" w:rsidRDefault="00856CD6" w:rsidP="00856CD6">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Please specify how much energy does the project consume in total. Additionally, if possible include how much CO2 footprint it had (for information on how to collect this information please consult the documentations on supercomputer centres' webpages as well as output logfiles of your runs).</w:t>
+        <w:t xml:space="preserve">Please specify how much energy does the project consume in total. Additionally, if </w:t>
+      </w:r>
+      <w:r w:rsidR="000019BD">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>possible,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include how much CO2 footprint it had (for information on how to collect this information please consult the documentations on supercomputer centres' webpages as well as output logfiles of your runs).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9742"/>
       </w:tblGrid>
       <w:tr w:rsidR="00856CD6" w14:paraId="2ECE86CB" w14:textId="77777777" w:rsidTr="00E33A1A">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9742" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78D8C370" w14:textId="77777777" w:rsidR="00856CD6" w:rsidRDefault="00856CD6" w:rsidP="00E33A1A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0936812B" w14:textId="77777777" w:rsidR="00856CD6" w:rsidRPr="00225DC8" w:rsidRDefault="00856CD6" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9A39B4" w14:textId="62F40AAA" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Expected future work in the area</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FF0F18" w14:textId="0A98A380" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00751B04" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
@@ -3376,113 +4326,122 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
       <w:tr w:rsidR="003B26E0" w:rsidRPr="004976AF" w14:paraId="1D2A6396" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="739B0562" w14:textId="5FCDE46C" w:rsidR="003B26E0" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C84F30F" w14:textId="136D87DA" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="6C018458" w14:textId="6E9B0099" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Images of the results including description or caption </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C018458" w14:textId="6E9B0099" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="3B33C226" w14:textId="0535A6A7" w:rsidR="00F84A21" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
+      <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...13 lines deleted...]
-        <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>All tables and figures (including photographs, schemas, graphs and diagrams) should be numbered with Arabic numerals (1, 2,...n) and include a descriptive caption. Please attach the images to this form (minimum resolution 300 dpi).</w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">All tables and figures (including photographs, schemas, graphs and diagrams) should be numbered with Arabic numerals (1, </w:t>
+      </w:r>
+      <w:r w:rsidR="000019BD" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="000019BD">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000019BD" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="000969A4">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n) and include a descriptive caption. Please attach the images to this form (minimum resolution 300 dpi).</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="743C69EE" w14:textId="33584509" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Publications or reports regarding the developed project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F2E7438" w14:textId="555CF688" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -3516,64 +4475,76 @@
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="795E8EAF" w14:textId="78C0F127" w:rsidR="003B26E0" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C9B98A9" w14:textId="283C8A53" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3593609A" w14:textId="0FF680E8" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="3593609A" w14:textId="1E10451E" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Patents registered in relation with the developed project (Maximum 850 characters)</w:t>
+        <w:t xml:space="preserve">Patents registered in relation </w:t>
+      </w:r>
+      <w:r w:rsidR="000969A4" w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the developed project (Maximum 850 characters)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C01FDEC" w14:textId="102D6B61" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please use the following format: patent identifier, title and description.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
@@ -3598,62 +4569,76 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A7646F7" w14:textId="1CF050EB" w:rsidR="0014637E" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20E72CC7" w14:textId="5FAD964C" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12A360D4" w14:textId="25745141" w:rsidR="00F84A21" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Talks given in the area of the project</w:t>
+        <w:t xml:space="preserve">Talks given </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>in the area of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1900EAF2" w14:textId="15D54BC8" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please use the following format: Author(s). “Title”. Conference, location, month year.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
@@ -3676,200 +4661,187 @@
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07BE2777" w14:textId="6D3B1B0D" w:rsidR="0014637E" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2556DF83" w14:textId="10C95B71" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17C5B008" w14:textId="15FEDC4E" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="6D56550E" w14:textId="32174842" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Other</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="fr-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6D56550E" w14:textId="32174842" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="517A7901" w14:textId="13D4A8FB" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+      <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="fr-BE"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> information </w:t>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00751B04" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>add</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A971F3">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">information </w:t>
+      </w:r>
+      <w:r w:rsidR="00751B04" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>below</w:t>
+      </w:r>
+      <w:r w:rsidR="00A971F3">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A971F3" w:rsidRPr="00A971F3">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A971F3">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e.g., </w:t>
+      </w:r>
+      <w:r w:rsidR="00A971F3" w:rsidRPr="00A971F3">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>URLs, logos, photos, etc.)</w:t>
+      </w:r>
+      <w:r w:rsidR="00751B04" w:rsidRPr="00225DC8">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517A7901" w14:textId="13D4A8FB" w:rsidR="00F84A21" w:rsidRPr="00225DC8" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="695116BB" w14:textId="0120475F" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="SubtleEmphasis"/>
-[...104 lines deleted...]
-        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Any further funding obtained as a result of the developed project</w:t>
+        <w:t xml:space="preserve">Any further funding obtained </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>as a result of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004976AF">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the developed project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7CBD29" w14:textId="3AE8A192" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00751B04" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below</w:t>
       </w:r>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -3902,88 +4874,85 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60EC22E4" w14:textId="0F89BAE3" w:rsidR="0014637E" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="14DA306F" w14:textId="1180D1B7" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15FA2696" w14:textId="7AB1F7ED" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Feedback and technical deployment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18AF2E11" w14:textId="13870191" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
-      <w:pPr>
+    <w:p w14:paraId="3D53E4C7" w14:textId="39FA173B" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Feedback on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D45D48">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HPC </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>centres</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/EuroHPC</w:t>
       </w:r>
       <w:r w:rsidR="005F5AA0" w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> JU</w:t>
       </w:r>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -4038,67 +5007,98 @@
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E97D34E" w14:textId="1024C71C" w:rsidR="0014637E" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CC67FFD" w14:textId="55FCBEEA" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C350A65" w14:textId="6624CF54" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
-[...2 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="5C350A65" w14:textId="6AA662E2" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00D64230" w:rsidP="007360B7">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="4E74DB8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Explanation of how the comput</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30CF5" w:rsidRPr="4E74DB8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E74DB8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time was used compared with the work plan presented in the proposal. Justification of discrepancies, especially if the comput</w:t>
+      </w:r>
+      <w:r w:rsidR="00F30CF5" w:rsidRPr="4E74DB8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="4E74DB8B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> time was not completely used. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A08EE3A" w14:textId="77777777" w:rsidR="007360B7" w:rsidRDefault="007360B7" w:rsidP="007360B7">
+      <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:rStyle w:val="SubtleEmphasis"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="23E7E8F9" w14:textId="333AFA1B" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+    <w:p w14:paraId="23E7E8F9" w14:textId="3C05EAAE" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00225DC8">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below (maximum 500 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
@@ -4120,51 +5120,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BCAC996" w14:textId="6DF7240F" w:rsidR="0014637E" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36A87283" w14:textId="4CCC86D4" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D5D52EC" w14:textId="4A65D3D9" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="00C702A3" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004976AF">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Willingness to apply </w:t>
       </w:r>
       <w:r w:rsidR="00225DC8">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>to EuroHPC Access Modes in the future</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088014F8" w14:textId="4EAE3278" w:rsidR="00D64230" w:rsidRPr="004976AF" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -4215,88 +5215,92 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D88F3C6" w14:textId="29FCA535" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C5AB785" w14:textId="77777777" w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D64230" w:rsidRPr="00225DC8" w:rsidSect="00F96ECD">
-      <w:headerReference w:type="default" r:id="rId11"/>
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FC9C0EE" w14:textId="77777777" w:rsidR="00CF49EF" w:rsidRDefault="00CF49EF" w:rsidP="000E7B6E">
+    <w:p w14:paraId="026CEDEB" w14:textId="77777777" w:rsidR="00BD3AA8" w:rsidRDefault="00BD3AA8" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75B4C3F2" w14:textId="77777777" w:rsidR="00CF49EF" w:rsidRDefault="00CF49EF" w:rsidP="000E7B6E">
+    <w:p w14:paraId="3FE43595" w14:textId="77777777" w:rsidR="00BD3AA8" w:rsidRDefault="00BD3AA8" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -4328,51 +5332,61 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5F2DA011" w14:textId="77777777" w:rsidR="007E7658" w:rsidRDefault="007E7658">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="37634A05" w14:textId="7B781D51" w:rsidR="00BB4851" w:rsidRDefault="00BB4851">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A09B41F" wp14:editId="75299B95">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-42545</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:posOffset>8028214</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6276975" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
               <wp:docPr id="1" name="Straight Connector 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
@@ -4391,79 +5405,79 @@
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
-            <v:line id="Straight Connector 1" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" strokecolor="#ffc000" from="-3.35pt,632.15pt" to="490.9pt,632.15pt" w14:anchorId="7A622777" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKgBcmtwEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IN1GkFyzk4cC5F&#10;G7TNB9DU0iLAF0jGkv++y7UtB02AokEuFJfcmZ0drla3ozXsADFp71o+n9WcgZO+027f8sff209f&#10;OEtZuE4Y76DlR0j8dv3xw2oIDSx8700HkSGJS80QWt7nHJqqSrIHK9LMB3B4qXy0ImMY91UXxYDs&#10;1lSLul5Wg49diF5CSnh6d7rka+JXCmT+oVSCzEzLUVumNdK6K2u1XolmH0XotTzLEG9QYYV2WHSi&#10;uhNZsKeoX1BZLaNPXuWZ9LbySmkJ1AN2M6//6uZXLwJQL2hOCpNN6f1o5ffDxj1EtGEIqUnhIZYu&#10;RhVt+aI+NpJZx8ksGDOTeLhc3Cy/3nzmTF7uqiswxJTvwVtWNi032pU+RCMO31LGYph6SSnHxpU1&#10;eaO7rTaGgrjfbUxkB4Evt91u6poeC4HP0jAq0OqqnXb5aOBE+xMU0x2qnVN5GiuYaIWU4PK8DAEx&#10;YXaBKZQwAet/A8/5BQo0cv8DnhBU2bs8ga12Pr5WPY8XyeqUf3Hg1HexYOe7I70qWYOzQx2e57wM&#10;5/OY4Ne/cf0HAAD//wMAUEsDBBQABgAIAAAAIQAtagvN3AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9NS8NAEIbvgv9hGcFbu2mVWGM2pQgteGwVvE6y0ySanQ2726b+e8eD6HHeeXg/yvXFDepM&#10;IfaeDSzmGSjixtueWwNvr9vZClRMyBYHz2TgiyKsq+urEgvrJ97T+ZBaJSYcCzTQpTQWWsemI4dx&#10;7kdi+R19cJjkDK22AScxd4NeZlmuHfYsCR2O9NxR83k4OQPtblPvtiGg/uC8t9P+Jb0fR2Nuby6b&#10;J1CJLukPhp/6Uh0q6VT7E9uoBgOz/EFI0Zf5/R0oIR5XCxlT/0q6KvX/EdU3AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAqAFya3AQAA1QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC1qC83cAAAADAEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;">
+            <v:line id="Straight Connector 1" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin" o:spid="_x0000_s1026" strokecolor="#ffc000" from="-3.35pt,632.15pt" to="490.9pt,632.15pt" w14:anchorId="3FAA87E0" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKgBcmtwEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IN1GkFyzk4cC5F&#10;G7TNB9DU0iLAF0jGkv++y7UtB02AokEuFJfcmZ0drla3ozXsADFp71o+n9WcgZO+027f8sff209f&#10;OEtZuE4Y76DlR0j8dv3xw2oIDSx8700HkSGJS80QWt7nHJqqSrIHK9LMB3B4qXy0ImMY91UXxYDs&#10;1lSLul5Wg49diF5CSnh6d7rka+JXCmT+oVSCzEzLUVumNdK6K2u1XolmH0XotTzLEG9QYYV2WHSi&#10;uhNZsKeoX1BZLaNPXuWZ9LbySmkJ1AN2M6//6uZXLwJQL2hOCpNN6f1o5ffDxj1EtGEIqUnhIZYu&#10;RhVt+aI+NpJZx8ksGDOTeLhc3Cy/3nzmTF7uqiswxJTvwVtWNi032pU+RCMO31LGYph6SSnHxpU1&#10;eaO7rTaGgrjfbUxkB4Evt91u6poeC4HP0jAq0OqqnXb5aOBE+xMU0x2qnVN5GiuYaIWU4PK8DAEx&#10;YXaBKZQwAet/A8/5BQo0cv8DnhBU2bs8ga12Pr5WPY8XyeqUf3Hg1HexYOe7I70qWYOzQx2e57wM&#10;5/OY4Ne/cf0HAAD//wMAUEsDBBQABgAIAAAAIQAtagvN3AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9NS8NAEIbvgv9hGcFbu2mVWGM2pQgteGwVvE6y0ySanQ2726b+e8eD6HHeeXg/yvXFDepM&#10;IfaeDSzmGSjixtueWwNvr9vZClRMyBYHz2TgiyKsq+urEgvrJ97T+ZBaJSYcCzTQpTQWWsemI4dx&#10;7kdi+R19cJjkDK22AScxd4NeZlmuHfYsCR2O9NxR83k4OQPtblPvtiGg/uC8t9P+Jb0fR2Nuby6b&#10;J1CJLukPhp/6Uh0q6VT7E9uoBgOz/EFI0Zf5/R0oIR5XCxlT/0q6KvX/EdU3AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAqAFya3AQAA1QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC1qC83cAAAADAEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;">
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="114"/>
       <w:tblW w:w="10042" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="2044"/>
-[...1 lines deleted...]
-      <w:gridCol w:w="1388"/>
+      <w:gridCol w:w="2093"/>
+      <w:gridCol w:w="6804"/>
+      <w:gridCol w:w="1145"/>
     </w:tblGrid>
-    <w:tr w:rsidR="004717D9" w14:paraId="170BC522" w14:textId="77777777" w:rsidTr="00BB4851">
+    <w:tr w:rsidR="004717D9" w14:paraId="170BC522" w14:textId="77777777" w:rsidTr="4E74DB8B">
       <w:trPr>
         <w:trHeight w:val="340"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2093" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="7DD687FB" w14:textId="6CD820BE" w:rsidR="00FB2D28" w:rsidRDefault="00FB2D28" w:rsidP="00BB4851">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="003C55EC">
             <w:t xml:space="preserve">Page </w:t>
           </w:r>
           <w:r w:rsidRPr="003C55EC">
             <w:rPr>
               <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="003C55EC">
             <w:rPr>
@@ -4572,213 +5586,171 @@
           </w:r>
           <w:r w:rsidR="00AF2D76">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00A93CDF">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>Regular</w:t>
           </w:r>
           <w:r w:rsidR="00115D93">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> Access – Final Report</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1145" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="671E78C3" w14:textId="63AC4798" w:rsidR="00FB2D28" w:rsidRDefault="004F40BB" w:rsidP="00BB4851">
+        <w:p w14:paraId="671E78C3" w14:textId="2AC2FBDE" w:rsidR="00FB2D28" w:rsidRDefault="4E74DB8B" w:rsidP="4E74DB8B">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="4E74DB8B">
             <w:rPr>
               <w:noProof/>
-              <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>V3:</w:t>
-[...48 lines deleted...]
-            <w:t>4</w:t>
+            <w:t>27/02/2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="0000FF"/>
-        <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="-264308325"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="19317B"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="497988A4" w14:textId="6F677FD6" w:rsidR="00870456" w:rsidRDefault="00925A58" w:rsidP="00E5696D">
+      <w:p w14:paraId="497988A4" w14:textId="0EA13EF5" w:rsidR="00870456" w:rsidRDefault="00870456" w:rsidP="00464785">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:ind w:left="4513" w:hanging="4513"/>
-          <w:jc w:val="center"/>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
-        <w:r>
-[...7 lines deleted...]
-        </w:r>
       </w:p>
       <w:p w14:paraId="380F1C8C" w14:textId="77777777" w:rsidR="00905029" w:rsidRDefault="00905029" w:rsidP="00905029">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="567BD843" w14:textId="1143D84C" w:rsidR="00B768DC" w:rsidRPr="003C55EC" w:rsidRDefault="004F40BB" w:rsidP="00905029">
+      <w:p w14:paraId="567BD843" w14:textId="1143D84C" w:rsidR="00B768DC" w:rsidRPr="003C55EC" w:rsidRDefault="00000000" w:rsidP="00905029">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="51A9EA15" w14:textId="77777777" w:rsidR="007E7658" w:rsidRDefault="007E7658">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="207095DA" w14:textId="77777777" w:rsidR="00CF49EF" w:rsidRDefault="00CF49EF" w:rsidP="000E7B6E">
+    <w:p w14:paraId="77774632" w14:textId="77777777" w:rsidR="00BD3AA8" w:rsidRDefault="00BD3AA8" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="785D76C2" w14:textId="77777777" w:rsidR="00CF49EF" w:rsidRDefault="00CF49EF" w:rsidP="000E7B6E">
+    <w:p w14:paraId="12B6F6C3" w14:textId="77777777" w:rsidR="00BD3AA8" w:rsidRDefault="00BD3AA8" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="34608398" w14:textId="77777777" w:rsidR="007E7658" w:rsidRDefault="007E7658">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120955C8" w14:textId="238D4488" w:rsidR="0097433E" w:rsidRDefault="00F96ECD" w:rsidP="00E5696D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4513" w:hanging="4513"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="page1"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D8AD0BF" wp14:editId="16AD57F9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>10795</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>-7620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="1026000"/>
           <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
           <wp:wrapNone/>
@@ -4817,52 +5789,62 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="1026000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="056DFA17" w14:textId="77777777" w:rsidR="007E7658" w:rsidRDefault="007E7658">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7660B5DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F22C209A"/>
@@ -4929,50 +5911,136 @@
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2AAC8C8C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="FFC000"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="003401E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0FC664D0"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="189078FC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E64EFC7C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
         <w:color w:val="19317B"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
@@ -5043,51 +6111,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CE955BB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="ECD8BBF0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
         <w:color w:val="19317B"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
@@ -5158,51 +6226,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D917A08"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="82A21882"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:color w:val="FFC000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
@@ -5272,51 +6340,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E943DEC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001D"/>
     <w:styleLink w:val="Bulletlevels"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5386,51 +6454,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3109548B"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BA98EC10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
         <w:color w:val="19317B"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
@@ -5501,51 +6569,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BC81D38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F94DBE2"/>
     <w:lvl w:ilvl="0" w:tplc="03A87EC0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -5613,51 +6681,51 @@
     <w:lvl w:ilvl="7" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="20000005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3D093E9C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F7099A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
@@ -5708,51 +6776,137 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="687F2704"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D94A85E4"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="69D8566D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6FFA67CE"/>
     <w:styleLink w:val="Bullets"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="›"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -5828,51 +6982,137 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75CC6800"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D7073C8"/>
+    <w:lvl w:ilvl="0" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7C2B608C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0809001F"/>
     <w:styleLink w:val="111111"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5916,604 +7156,678 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1411347879">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1831171623">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="399595438">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="601303886">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="751585081">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="207840241">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1053508279">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="415788094">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1891073810">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="884101831">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1488935276">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1488935276">
+  <w:num w:numId="12" w16cid:durableId="1132793717">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1213273301">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1132793717">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="14" w16cid:durableId="1606813406">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1213273301">
+  <w:num w:numId="15" w16cid:durableId="954409975">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1606813406">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="16" w16cid:durableId="993266170">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1331252851">
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="50"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D422BE"/>
+    <w:rsid w:val="000019BD"/>
     <w:rsid w:val="000033F6"/>
     <w:rsid w:val="000071C2"/>
+    <w:rsid w:val="00007AD1"/>
     <w:rsid w:val="0001100D"/>
     <w:rsid w:val="000141F3"/>
     <w:rsid w:val="00030D4E"/>
     <w:rsid w:val="00031AE9"/>
+    <w:rsid w:val="00045FEE"/>
     <w:rsid w:val="00046FE3"/>
     <w:rsid w:val="000532CB"/>
     <w:rsid w:val="000603DE"/>
     <w:rsid w:val="000648F1"/>
+    <w:rsid w:val="00075525"/>
     <w:rsid w:val="0009413B"/>
     <w:rsid w:val="00095E1B"/>
+    <w:rsid w:val="000969A4"/>
     <w:rsid w:val="000B0568"/>
+    <w:rsid w:val="000C25E8"/>
+    <w:rsid w:val="000C346E"/>
     <w:rsid w:val="000D2B92"/>
     <w:rsid w:val="000D6031"/>
     <w:rsid w:val="000D6252"/>
     <w:rsid w:val="000E3CED"/>
     <w:rsid w:val="000E7B6E"/>
     <w:rsid w:val="00104A26"/>
     <w:rsid w:val="00115D93"/>
     <w:rsid w:val="0012524F"/>
     <w:rsid w:val="00126EF4"/>
     <w:rsid w:val="00133CFE"/>
     <w:rsid w:val="0014637E"/>
     <w:rsid w:val="00146C13"/>
     <w:rsid w:val="00160B82"/>
     <w:rsid w:val="00186FC8"/>
+    <w:rsid w:val="001936FA"/>
     <w:rsid w:val="00197C34"/>
     <w:rsid w:val="001A0268"/>
+    <w:rsid w:val="001A6550"/>
     <w:rsid w:val="001C1F20"/>
     <w:rsid w:val="001E0A2F"/>
     <w:rsid w:val="001F41FC"/>
     <w:rsid w:val="00200070"/>
     <w:rsid w:val="00200E59"/>
     <w:rsid w:val="0020122F"/>
     <w:rsid w:val="00207C8D"/>
     <w:rsid w:val="00211F9E"/>
     <w:rsid w:val="00221582"/>
     <w:rsid w:val="00225DC8"/>
     <w:rsid w:val="002308EE"/>
     <w:rsid w:val="00236162"/>
     <w:rsid w:val="00243034"/>
     <w:rsid w:val="0024691F"/>
     <w:rsid w:val="0024784A"/>
     <w:rsid w:val="00251AC4"/>
     <w:rsid w:val="0025714C"/>
     <w:rsid w:val="002637D0"/>
     <w:rsid w:val="00267550"/>
+    <w:rsid w:val="00273CE3"/>
     <w:rsid w:val="00274C4B"/>
     <w:rsid w:val="0028051A"/>
     <w:rsid w:val="00283C65"/>
     <w:rsid w:val="002920A1"/>
     <w:rsid w:val="002A2FDB"/>
     <w:rsid w:val="002B2D1B"/>
     <w:rsid w:val="002B3451"/>
     <w:rsid w:val="002B6D98"/>
+    <w:rsid w:val="002B7181"/>
     <w:rsid w:val="002C159B"/>
     <w:rsid w:val="002C5F47"/>
     <w:rsid w:val="002D0A2E"/>
+    <w:rsid w:val="002D1EC7"/>
     <w:rsid w:val="002D3163"/>
     <w:rsid w:val="002F512D"/>
     <w:rsid w:val="003008E6"/>
     <w:rsid w:val="003015FF"/>
     <w:rsid w:val="00304236"/>
     <w:rsid w:val="003045EF"/>
     <w:rsid w:val="003063CB"/>
     <w:rsid w:val="0031353E"/>
     <w:rsid w:val="00313EA3"/>
     <w:rsid w:val="00313F0D"/>
     <w:rsid w:val="0031402C"/>
     <w:rsid w:val="00324134"/>
+    <w:rsid w:val="00324EE9"/>
     <w:rsid w:val="003269ED"/>
     <w:rsid w:val="00326BE9"/>
     <w:rsid w:val="00333371"/>
     <w:rsid w:val="003351B6"/>
     <w:rsid w:val="0034595D"/>
+    <w:rsid w:val="00346595"/>
     <w:rsid w:val="00347BBC"/>
     <w:rsid w:val="0035051B"/>
     <w:rsid w:val="00356E62"/>
     <w:rsid w:val="00356E67"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="00373122"/>
     <w:rsid w:val="003748B4"/>
     <w:rsid w:val="003815F4"/>
     <w:rsid w:val="003819F1"/>
     <w:rsid w:val="003928A4"/>
     <w:rsid w:val="003932C8"/>
     <w:rsid w:val="00394868"/>
     <w:rsid w:val="00394C05"/>
     <w:rsid w:val="003A67CC"/>
     <w:rsid w:val="003B0EA4"/>
     <w:rsid w:val="003B2507"/>
     <w:rsid w:val="003B26E0"/>
     <w:rsid w:val="003C095D"/>
     <w:rsid w:val="003C2812"/>
     <w:rsid w:val="003C55EC"/>
     <w:rsid w:val="003D7EC4"/>
     <w:rsid w:val="003E4328"/>
     <w:rsid w:val="003E4C0C"/>
     <w:rsid w:val="003E5AD6"/>
     <w:rsid w:val="003F2536"/>
+    <w:rsid w:val="00402161"/>
     <w:rsid w:val="00417D05"/>
     <w:rsid w:val="004200FB"/>
     <w:rsid w:val="0042300F"/>
+    <w:rsid w:val="00434790"/>
     <w:rsid w:val="00436C40"/>
     <w:rsid w:val="00437293"/>
+    <w:rsid w:val="004427B1"/>
     <w:rsid w:val="004451DE"/>
     <w:rsid w:val="00452B46"/>
     <w:rsid w:val="004542AC"/>
     <w:rsid w:val="00454C92"/>
     <w:rsid w:val="00461B80"/>
+    <w:rsid w:val="00464785"/>
     <w:rsid w:val="00464C8B"/>
     <w:rsid w:val="004717D9"/>
     <w:rsid w:val="00480AC5"/>
     <w:rsid w:val="004842D2"/>
     <w:rsid w:val="00485539"/>
+    <w:rsid w:val="0049528D"/>
     <w:rsid w:val="00496052"/>
     <w:rsid w:val="004976AF"/>
     <w:rsid w:val="004B0079"/>
     <w:rsid w:val="004B02F2"/>
     <w:rsid w:val="004B1551"/>
+    <w:rsid w:val="004B4C0A"/>
+    <w:rsid w:val="004C559A"/>
     <w:rsid w:val="004C7E55"/>
     <w:rsid w:val="004D5D67"/>
     <w:rsid w:val="004D67A3"/>
     <w:rsid w:val="004E4573"/>
     <w:rsid w:val="004E517D"/>
     <w:rsid w:val="004E739F"/>
     <w:rsid w:val="004F182E"/>
-    <w:rsid w:val="004F40BB"/>
     <w:rsid w:val="00501817"/>
     <w:rsid w:val="00501CC6"/>
     <w:rsid w:val="00514EFD"/>
     <w:rsid w:val="00515CE1"/>
     <w:rsid w:val="005161E0"/>
     <w:rsid w:val="00531125"/>
     <w:rsid w:val="005340FD"/>
     <w:rsid w:val="00536A38"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="005443F2"/>
     <w:rsid w:val="0055261D"/>
     <w:rsid w:val="00557595"/>
+    <w:rsid w:val="00561A27"/>
     <w:rsid w:val="0056311A"/>
     <w:rsid w:val="00571FE2"/>
     <w:rsid w:val="0059596A"/>
     <w:rsid w:val="00595F6D"/>
     <w:rsid w:val="005A1E93"/>
     <w:rsid w:val="005A1EF0"/>
     <w:rsid w:val="005A33DB"/>
     <w:rsid w:val="005A6719"/>
     <w:rsid w:val="005B1B35"/>
     <w:rsid w:val="005B31F6"/>
     <w:rsid w:val="005B444A"/>
     <w:rsid w:val="005C24C2"/>
     <w:rsid w:val="005D1DC7"/>
     <w:rsid w:val="005F2D70"/>
     <w:rsid w:val="005F5AA0"/>
     <w:rsid w:val="006075BC"/>
     <w:rsid w:val="00615E49"/>
     <w:rsid w:val="0062186D"/>
     <w:rsid w:val="006308C2"/>
     <w:rsid w:val="0063108C"/>
     <w:rsid w:val="00637C3B"/>
     <w:rsid w:val="00645B6D"/>
     <w:rsid w:val="00646A40"/>
     <w:rsid w:val="00654C1E"/>
     <w:rsid w:val="00660BC5"/>
     <w:rsid w:val="00661EDA"/>
     <w:rsid w:val="00661F39"/>
     <w:rsid w:val="00673535"/>
     <w:rsid w:val="006752AA"/>
     <w:rsid w:val="00680D05"/>
     <w:rsid w:val="006821CB"/>
     <w:rsid w:val="006825A6"/>
     <w:rsid w:val="006832B8"/>
     <w:rsid w:val="006A02A9"/>
+    <w:rsid w:val="006B40B1"/>
     <w:rsid w:val="006B4CC7"/>
     <w:rsid w:val="006C0C24"/>
     <w:rsid w:val="006C20BF"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006D79E6"/>
     <w:rsid w:val="006F3141"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F6735"/>
     <w:rsid w:val="007005A9"/>
+    <w:rsid w:val="00705B22"/>
     <w:rsid w:val="00707C7C"/>
     <w:rsid w:val="0071498C"/>
     <w:rsid w:val="00716151"/>
     <w:rsid w:val="00722912"/>
     <w:rsid w:val="007240C3"/>
     <w:rsid w:val="00732B73"/>
+    <w:rsid w:val="007360B7"/>
+    <w:rsid w:val="00743999"/>
     <w:rsid w:val="00746D3D"/>
     <w:rsid w:val="00751B04"/>
     <w:rsid w:val="0075431D"/>
     <w:rsid w:val="00756AAC"/>
     <w:rsid w:val="00761A7C"/>
     <w:rsid w:val="007774EF"/>
     <w:rsid w:val="00784A75"/>
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="00787F50"/>
     <w:rsid w:val="007961EA"/>
     <w:rsid w:val="007A0259"/>
     <w:rsid w:val="007B5FD2"/>
     <w:rsid w:val="007B6270"/>
     <w:rsid w:val="007B70AA"/>
     <w:rsid w:val="007C01E8"/>
     <w:rsid w:val="007D7D35"/>
     <w:rsid w:val="007E0BA0"/>
     <w:rsid w:val="007E0D91"/>
+    <w:rsid w:val="007E7658"/>
     <w:rsid w:val="007F3A92"/>
     <w:rsid w:val="007F4ECF"/>
     <w:rsid w:val="00800883"/>
     <w:rsid w:val="00815DC8"/>
     <w:rsid w:val="00835347"/>
     <w:rsid w:val="00836B5B"/>
     <w:rsid w:val="00843699"/>
     <w:rsid w:val="00856A20"/>
     <w:rsid w:val="00856CD6"/>
     <w:rsid w:val="00857D68"/>
     <w:rsid w:val="008623F0"/>
     <w:rsid w:val="00864712"/>
     <w:rsid w:val="008648EE"/>
     <w:rsid w:val="00870456"/>
     <w:rsid w:val="00871601"/>
     <w:rsid w:val="00873B41"/>
     <w:rsid w:val="008837BA"/>
     <w:rsid w:val="008920C0"/>
     <w:rsid w:val="008953BB"/>
     <w:rsid w:val="00896D03"/>
     <w:rsid w:val="008A5BC3"/>
     <w:rsid w:val="008A78C6"/>
     <w:rsid w:val="008B1664"/>
     <w:rsid w:val="008B7379"/>
     <w:rsid w:val="008C0C82"/>
     <w:rsid w:val="008C1449"/>
     <w:rsid w:val="008C1654"/>
     <w:rsid w:val="008D59A5"/>
     <w:rsid w:val="008E2424"/>
     <w:rsid w:val="008E3197"/>
     <w:rsid w:val="00902679"/>
     <w:rsid w:val="00905029"/>
     <w:rsid w:val="0091486D"/>
     <w:rsid w:val="00925A58"/>
     <w:rsid w:val="00930996"/>
+    <w:rsid w:val="00936128"/>
     <w:rsid w:val="009628F1"/>
     <w:rsid w:val="009646CA"/>
     <w:rsid w:val="00964734"/>
     <w:rsid w:val="009722B3"/>
     <w:rsid w:val="00972377"/>
     <w:rsid w:val="0097433E"/>
+    <w:rsid w:val="00980C5D"/>
     <w:rsid w:val="00981859"/>
     <w:rsid w:val="00987349"/>
     <w:rsid w:val="00991259"/>
     <w:rsid w:val="009A0173"/>
     <w:rsid w:val="009A0569"/>
+    <w:rsid w:val="009A31F9"/>
     <w:rsid w:val="009B306E"/>
+    <w:rsid w:val="009C2D4D"/>
     <w:rsid w:val="009D08A3"/>
     <w:rsid w:val="009D612C"/>
     <w:rsid w:val="009D66E1"/>
+    <w:rsid w:val="009E0EFC"/>
     <w:rsid w:val="009E4572"/>
     <w:rsid w:val="009F106F"/>
+    <w:rsid w:val="009F18AB"/>
     <w:rsid w:val="009F191E"/>
     <w:rsid w:val="00A123C3"/>
     <w:rsid w:val="00A1420F"/>
     <w:rsid w:val="00A17297"/>
     <w:rsid w:val="00A21C18"/>
     <w:rsid w:val="00A22D26"/>
     <w:rsid w:val="00A25135"/>
     <w:rsid w:val="00A252DA"/>
     <w:rsid w:val="00A2565E"/>
     <w:rsid w:val="00A34A2C"/>
     <w:rsid w:val="00A34DFF"/>
     <w:rsid w:val="00A35BD6"/>
     <w:rsid w:val="00A4364D"/>
     <w:rsid w:val="00A47E7B"/>
     <w:rsid w:val="00A52764"/>
     <w:rsid w:val="00A56404"/>
     <w:rsid w:val="00A56789"/>
     <w:rsid w:val="00A60E7D"/>
     <w:rsid w:val="00A62CB6"/>
     <w:rsid w:val="00A66C63"/>
     <w:rsid w:val="00A738C6"/>
     <w:rsid w:val="00A7744D"/>
     <w:rsid w:val="00A83FCC"/>
+    <w:rsid w:val="00A910B5"/>
     <w:rsid w:val="00A93CDF"/>
     <w:rsid w:val="00A971F3"/>
     <w:rsid w:val="00AB338D"/>
     <w:rsid w:val="00AB752E"/>
+    <w:rsid w:val="00AB7DF2"/>
     <w:rsid w:val="00AC7855"/>
     <w:rsid w:val="00AD0190"/>
     <w:rsid w:val="00AD102D"/>
     <w:rsid w:val="00AD5F53"/>
     <w:rsid w:val="00AE2044"/>
     <w:rsid w:val="00AF2D76"/>
     <w:rsid w:val="00AF6D2B"/>
     <w:rsid w:val="00AF7F03"/>
     <w:rsid w:val="00B00E15"/>
+    <w:rsid w:val="00B10987"/>
     <w:rsid w:val="00B136CE"/>
     <w:rsid w:val="00B238D9"/>
     <w:rsid w:val="00B30A34"/>
     <w:rsid w:val="00B329ED"/>
     <w:rsid w:val="00B45EBF"/>
     <w:rsid w:val="00B46CF7"/>
     <w:rsid w:val="00B66787"/>
     <w:rsid w:val="00B6739B"/>
     <w:rsid w:val="00B75A73"/>
     <w:rsid w:val="00B768DC"/>
     <w:rsid w:val="00B81BE9"/>
     <w:rsid w:val="00B8477D"/>
     <w:rsid w:val="00BA3130"/>
     <w:rsid w:val="00BA69A6"/>
     <w:rsid w:val="00BA6FC4"/>
     <w:rsid w:val="00BB42EF"/>
     <w:rsid w:val="00BB4851"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00BB76A0"/>
     <w:rsid w:val="00BC507D"/>
     <w:rsid w:val="00BC75C9"/>
+    <w:rsid w:val="00BD3AA8"/>
     <w:rsid w:val="00BD5A6D"/>
+    <w:rsid w:val="00BD663B"/>
     <w:rsid w:val="00BE1B09"/>
+    <w:rsid w:val="00BE6FF0"/>
     <w:rsid w:val="00BF24DE"/>
     <w:rsid w:val="00C016A7"/>
+    <w:rsid w:val="00C01C7F"/>
+    <w:rsid w:val="00C10C07"/>
     <w:rsid w:val="00C12948"/>
     <w:rsid w:val="00C1354B"/>
     <w:rsid w:val="00C14FF3"/>
+    <w:rsid w:val="00C2053E"/>
     <w:rsid w:val="00C240E2"/>
     <w:rsid w:val="00C43F45"/>
     <w:rsid w:val="00C45A45"/>
     <w:rsid w:val="00C45EDD"/>
     <w:rsid w:val="00C4607D"/>
+    <w:rsid w:val="00C511D5"/>
     <w:rsid w:val="00C51BEE"/>
     <w:rsid w:val="00C57E00"/>
     <w:rsid w:val="00C61899"/>
     <w:rsid w:val="00C64BF0"/>
     <w:rsid w:val="00C702A3"/>
     <w:rsid w:val="00C71B4B"/>
     <w:rsid w:val="00C82937"/>
     <w:rsid w:val="00C87F9B"/>
     <w:rsid w:val="00C94CE2"/>
+    <w:rsid w:val="00CA1671"/>
     <w:rsid w:val="00CC029C"/>
     <w:rsid w:val="00CC15EF"/>
     <w:rsid w:val="00CC1E59"/>
     <w:rsid w:val="00CD6AF2"/>
+    <w:rsid w:val="00CD6E3C"/>
+    <w:rsid w:val="00CD72D0"/>
     <w:rsid w:val="00CE480D"/>
     <w:rsid w:val="00CF28CC"/>
     <w:rsid w:val="00CF3C15"/>
+    <w:rsid w:val="00CF49D4"/>
     <w:rsid w:val="00CF49EF"/>
     <w:rsid w:val="00CF5344"/>
     <w:rsid w:val="00CF78D4"/>
     <w:rsid w:val="00D0374E"/>
     <w:rsid w:val="00D03C7E"/>
+    <w:rsid w:val="00D043EF"/>
     <w:rsid w:val="00D07F06"/>
+    <w:rsid w:val="00D22DB9"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D32E66"/>
     <w:rsid w:val="00D422BE"/>
+    <w:rsid w:val="00D4459A"/>
     <w:rsid w:val="00D44819"/>
+    <w:rsid w:val="00D45D48"/>
     <w:rsid w:val="00D51457"/>
     <w:rsid w:val="00D64230"/>
     <w:rsid w:val="00D777AE"/>
     <w:rsid w:val="00D8175D"/>
     <w:rsid w:val="00D82580"/>
     <w:rsid w:val="00D95255"/>
     <w:rsid w:val="00D96365"/>
     <w:rsid w:val="00D96F9A"/>
     <w:rsid w:val="00DA0C9A"/>
     <w:rsid w:val="00DA2AFC"/>
     <w:rsid w:val="00DA38A6"/>
+    <w:rsid w:val="00DA6DD9"/>
     <w:rsid w:val="00DA7309"/>
     <w:rsid w:val="00DB4DDC"/>
     <w:rsid w:val="00DC16A4"/>
     <w:rsid w:val="00DC2C38"/>
     <w:rsid w:val="00DC669B"/>
     <w:rsid w:val="00DD5E2B"/>
     <w:rsid w:val="00DE4D2F"/>
     <w:rsid w:val="00E01492"/>
     <w:rsid w:val="00E10466"/>
     <w:rsid w:val="00E12ED6"/>
     <w:rsid w:val="00E1490F"/>
     <w:rsid w:val="00E170FE"/>
     <w:rsid w:val="00E1788B"/>
     <w:rsid w:val="00E20607"/>
     <w:rsid w:val="00E2092A"/>
     <w:rsid w:val="00E20DB7"/>
+    <w:rsid w:val="00E21259"/>
     <w:rsid w:val="00E2213C"/>
     <w:rsid w:val="00E241EF"/>
     <w:rsid w:val="00E2721F"/>
     <w:rsid w:val="00E36D68"/>
     <w:rsid w:val="00E3771D"/>
     <w:rsid w:val="00E41B64"/>
     <w:rsid w:val="00E45EB7"/>
     <w:rsid w:val="00E50C82"/>
     <w:rsid w:val="00E5306E"/>
     <w:rsid w:val="00E5519C"/>
     <w:rsid w:val="00E5696D"/>
     <w:rsid w:val="00E56A74"/>
     <w:rsid w:val="00E61092"/>
-    <w:rsid w:val="00E71F2E"/>
     <w:rsid w:val="00E80920"/>
+    <w:rsid w:val="00E825C0"/>
+    <w:rsid w:val="00E83E4C"/>
     <w:rsid w:val="00E90541"/>
     <w:rsid w:val="00E94795"/>
     <w:rsid w:val="00EA0DBF"/>
     <w:rsid w:val="00EA2653"/>
     <w:rsid w:val="00EA46BC"/>
     <w:rsid w:val="00EA4CE1"/>
     <w:rsid w:val="00EA5728"/>
     <w:rsid w:val="00EB1CD5"/>
     <w:rsid w:val="00EB403B"/>
     <w:rsid w:val="00EB5BC5"/>
     <w:rsid w:val="00EC12FC"/>
     <w:rsid w:val="00EC7386"/>
     <w:rsid w:val="00EC7817"/>
     <w:rsid w:val="00EE0AC7"/>
     <w:rsid w:val="00EE49C9"/>
     <w:rsid w:val="00EE58F0"/>
     <w:rsid w:val="00EE7B0B"/>
     <w:rsid w:val="00EF2D24"/>
     <w:rsid w:val="00EF33D2"/>
     <w:rsid w:val="00EF3723"/>
     <w:rsid w:val="00EF3DC0"/>
     <w:rsid w:val="00F022ED"/>
     <w:rsid w:val="00F0251C"/>
     <w:rsid w:val="00F03B2D"/>
     <w:rsid w:val="00F05108"/>
     <w:rsid w:val="00F0798B"/>
     <w:rsid w:val="00F11AE6"/>
     <w:rsid w:val="00F1402D"/>
     <w:rsid w:val="00F15D36"/>
     <w:rsid w:val="00F17E6A"/>
     <w:rsid w:val="00F21700"/>
     <w:rsid w:val="00F3048F"/>
+    <w:rsid w:val="00F30CF5"/>
+    <w:rsid w:val="00F34FE9"/>
     <w:rsid w:val="00F42B20"/>
     <w:rsid w:val="00F64E91"/>
     <w:rsid w:val="00F702A2"/>
     <w:rsid w:val="00F71170"/>
+    <w:rsid w:val="00F72F5A"/>
     <w:rsid w:val="00F73FB1"/>
     <w:rsid w:val="00F82F5F"/>
     <w:rsid w:val="00F84A21"/>
     <w:rsid w:val="00F85575"/>
     <w:rsid w:val="00F901A5"/>
     <w:rsid w:val="00F9678F"/>
     <w:rsid w:val="00F96ECD"/>
+    <w:rsid w:val="00FA1576"/>
     <w:rsid w:val="00FB2D28"/>
     <w:rsid w:val="00FC4C3F"/>
     <w:rsid w:val="00FD1A84"/>
+    <w:rsid w:val="00FE18E4"/>
     <w:rsid w:val="00FE3CE4"/>
     <w:rsid w:val="00FE76B1"/>
     <w:rsid w:val="00FF0399"/>
     <w:rsid w:val="00FF4D25"/>
     <w:rsid w:val="00FF743E"/>
     <w:rsid w:val="0EE82270"/>
+    <w:rsid w:val="12C1169B"/>
+    <w:rsid w:val="3A16A6C1"/>
+    <w:rsid w:val="40BCD250"/>
+    <w:rsid w:val="465794E5"/>
+    <w:rsid w:val="4E74DB8B"/>
+    <w:rsid w:val="5A1611ED"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="12FB610A"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7748,179 +9062,177 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA4CE1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00EE7B0B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="19317B"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading1">
-    <w:name w:val="PRACE Heading 1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading1">
+    <w:name w:val="EuroHPC JU Heading 1"/>
     <w:basedOn w:val="Heading1"/>
-    <w:link w:val="PRACEHeading1Char"/>
+    <w:link w:val="EuroHPCJUHeading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="8" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading2">
-    <w:name w:val="PRACE Heading 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading2">
+    <w:name w:val="EuroHPC JU Heading 2"/>
     <w:basedOn w:val="Heading2"/>
-    <w:link w:val="PRACEHeading2Char"/>
+    <w:link w:val="EuroHPCJUHeading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="8" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading1Char">
-    <w:name w:val="PRACE Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading1Char">
+    <w:name w:val="EuroHPC JU Heading 1 Char"/>
     <w:basedOn w:val="Heading1Char"/>
-    <w:link w:val="PRACEHeading1"/>
+    <w:link w:val="EuroHPCJUHeading1"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading3">
-    <w:name w:val="PRACE Heading 3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading3">
+    <w:name w:val="EuroHPC JU Heading 3"/>
     <w:basedOn w:val="Heading3"/>
-    <w:link w:val="PRACEHeading3Char"/>
+    <w:link w:val="EuroHPCJUHeading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading2Char">
-    <w:name w:val="PRACE Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading2Char">
+    <w:name w:val="EuroHPC JU Heading 2 Char"/>
     <w:basedOn w:val="Heading2Char"/>
-    <w:link w:val="PRACEHeading2"/>
+    <w:link w:val="EuroHPCJUHeading2"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading3Char">
-    <w:name w:val="PRACE Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading3Char">
+    <w:name w:val="EuroHPC JU Heading 3 Char"/>
     <w:basedOn w:val="Heading3Char"/>
-    <w:link w:val="PRACEHeading3"/>
+    <w:link w:val="EuroHPCJUHeading3"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C016A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A52764"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A52764"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00A52764"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="19317B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A52764"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
@@ -7943,51 +9255,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BB42EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="19317B"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="c8">
     <w:name w:val="c8"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="009646CA"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
     <w:name w:val="ui-provider"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00856CD6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83260579">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="300427717">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8122,54 +9434,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1050959074">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -8431,214 +9743,226 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011BD45769B505C47B741277D5A7E1AA2" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f59d5f134b35518477f51a8c1dd115bc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="17615853-7f91-438f-9534-afd54aeb325b" xmlns:ns3="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="c6544e04ea5dd6bb0690710ccd167231" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="17615853-7f91-438f-9534-afd54aeb325b"/>
+    <xsd:import namespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f314ccf6-9aa5-48cd-9363-a26f75899780" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="27" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17615853-7f91-438f-9534-afd54aeb325b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note"/>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="12" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="15" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="16" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="15" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="17" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...4 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="19" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Text"/>
+        <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="20" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c0b6b536-68da-4869-80cf-67b04ace3ce3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="3fc9b62a-bc61-4aac-89fe-00e1e567028b" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{27814c8c-c143-47b8-9686-42fda8d1ddfe}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="3fc9b62a-bc61-4aac-89fe-00e1e567028b">
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1b4d8597-6f18-48fb-88c2-3eefa884dd06}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -8705,117 +10029,128 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="17615853-7f91-438f-9534-afd54aeb325b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CFBA59B-3391-491A-B72F-DB0B33BB8F02}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{351F46F0-A809-4EF3-A77A-12D9B746046E}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A6880B4-5CE7-4F8C-B95E-15AF4CA92374}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{039EFD26-F90E-4C1C-B033-DD0BCD7385AD}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
+    <ds:schemaRef ds:uri="f314ccf6-9aa5-48cd-9363-a26f75899780"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>662</Words>
-  <Characters>3779</Characters>
+  <Words>799</Words>
+  <Characters>4558</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4433</CharactersWithSpaces>
+  <CharactersWithSpaces>5347</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Marjolein Oorsprong</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010011BD45769B505C47B741277D5A7E1AA2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>