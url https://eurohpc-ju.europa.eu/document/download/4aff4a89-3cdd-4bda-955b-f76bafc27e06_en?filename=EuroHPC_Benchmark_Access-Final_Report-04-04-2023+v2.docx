--- v0 (2025-12-07)
+++ v1 (2026-03-12)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0F08F8A6" w14:textId="6F276EE0" w:rsidR="00356E62" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="00402101">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:t xml:space="preserve">EuroHPC </w:t>
       </w:r>
       <w:r w:rsidR="00E71046" w:rsidRPr="00E71046">
         <w:t xml:space="preserve">Joint Undertaking (JU) </w:t>
       </w:r>
       <w:r w:rsidR="000448E9" w:rsidRPr="00E21EFB">
         <w:t>Benchmark</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:t xml:space="preserve"> Access</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC1DF90" w14:textId="72072C26" w:rsidR="00F96ECD" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -61,1459 +61,2339 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Final Report</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669CCEAB" w14:textId="28B16A90" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3951D421" w14:textId="7C5DE690" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>General Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55E6A0AF" w14:textId="21E479CA" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="17C753F6">
+    <w:p w14:paraId="55E6A0AF" w14:textId="022BA288" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="00115D93" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of project granted: </w:t>
       </w:r>
-      <w:r w:rsidR="000448E9" w:rsidRPr="17C753F6">
+      <w:r w:rsidR="000448E9" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Benchmark Access</w:t>
       </w:r>
-      <w:r w:rsidR="00E71046" w:rsidRPr="17C753F6">
-[...16 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5C8D8D15" w14:textId="28EFC6DE" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Proposal ID</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A032C6" w14:textId="78C8734D" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+    <w:p w14:paraId="30A032C6" w14:textId="29761756" w:rsidR="00115D93" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00E8334F">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below.</w:t>
+        <w:t>Please fill in the information in the box below</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6A98">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (e.g. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>EHPC-BEN-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>X</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F" w:rsidRPr="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8334F">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>XXX).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C016A7" w:rsidRPr="00E21EFB" w14:paraId="008134F0" w14:textId="77777777" w:rsidTr="00C016A7">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C388CDF" w14:textId="5666B833" w:rsidR="00C016A7" w:rsidRPr="00E21EFB" w:rsidRDefault="00C016A7" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4CDA758B" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
-[...48 lines deleted...]
-    <w:p w14:paraId="62C5B441" w14:textId="723A9340" w:rsidR="00F84A21" w:rsidRPr="00AF31D7" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+    <w:p w14:paraId="4CDA758B" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CBF4B2" w14:textId="77777777" w:rsidR="00C01466" w:rsidRDefault="00C01466" w:rsidP="00C01466">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Industry and Public Sector Involverment, if applicable</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26771DB1" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="00757C97" w:rsidRDefault="00C01466" w:rsidP="00C01466">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below.</w:t>
+        <w:t>Please click once in the box to select it, click again to unselect.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...217 lines deleted...]
-        <w:tblW w:w="9742" w:type="dxa"/>
+        <w:tblW w:w="9710" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="704"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4218"/>
+        <w:gridCol w:w="1438"/>
+        <w:gridCol w:w="8272"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="09D25480" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00C01466" w:rsidRPr="00225DC8" w14:paraId="100F4573" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="651"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="0AD64360" w14:textId="3C69D2AD" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1744639134"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="42BADEA6" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="004976AF" w:rsidRDefault="00C01466" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8272" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FC6DDC" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="00225DC8" w:rsidRDefault="00C01466" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:bCs/>
-[...9 lines deleted...]
-              <w:t>☐</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Industry involvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="58E3815B" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+      </w:tr>
+      <w:tr w:rsidR="00C01466" w:rsidRPr="00225DC8" w14:paraId="6A27A46E" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="651"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1983960702"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1438" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="34E80CEB" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="004976AF" w:rsidRDefault="00C01466" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8272" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4544596E" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="00225DC8" w:rsidRDefault="00C01466" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:bCs/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Public Sector involvement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0DDBF724" w14:textId="77777777" w:rsidR="00C01466" w:rsidRDefault="00C01466" w:rsidP="00C01466">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AA4D820" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="000B0078" w:rsidRDefault="00C01466" w:rsidP="00C01466">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B0078">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Please explain the level of involvement (As PI, Team member or both) below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9727"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C01466" w:rsidRPr="00E21EFB" w14:paraId="0527B8B3" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="549"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9727" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3104185F" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="00E21EFB" w:rsidRDefault="00C01466" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="76C916E7" w14:textId="77777777" w:rsidR="0026143E" w:rsidRPr="00E21EFB" w:rsidRDefault="0026143E" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AEF859E" w14:textId="3CF5BE48" w:rsidR="00F96ECD" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Period of </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1692">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccess to the EuroHPC </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1692">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>facilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C5B441" w14:textId="723A9340" w:rsidR="00F84A21" w:rsidRPr="00AF31D7" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Please fill in the information in the box below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4815"/>
+        <w:gridCol w:w="4927"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E71046" w14:paraId="523CB8D6" w14:textId="77777777" w:rsidTr="00317E73">
+        <w:trPr>
+          <w:trHeight w:val="534"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40BE622B" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Start date of the allocation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C8F3C5" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71046" w14:paraId="066ACD97" w14:textId="77777777" w:rsidTr="00317E73">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8BD5A3" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>End date of the allocation (DD/MM/YYYY)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="558FBDA2" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E71046" w14:paraId="1838BE9B" w14:textId="77777777" w:rsidTr="00317E73">
+        <w:trPr>
+          <w:trHeight w:val="502"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4815" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5DD63F" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Duration of extension in months (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4927" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF1182A" w14:textId="77777777" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="00317E73">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="15EB65F3" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58BB49CE" w14:textId="4C2FFB49" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">EuroHPC </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1692">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JU </w:t>
+      </w:r>
+      <w:r w:rsidR="00E71046">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>system</w:t>
+      </w:r>
+      <w:r w:rsidR="00E71046" w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>assigned</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47826D85" w14:textId="67C8074B" w:rsidR="000448E9" w:rsidRPr="00AF31D7" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please click </w:t>
+      </w:r>
+      <w:r w:rsidR="004B1551" w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>once</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the box</w:t>
+      </w:r>
+      <w:r w:rsidR="004B1551" w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to select it, click again to unselect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9801" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="684"/>
+        <w:gridCol w:w="3933"/>
+        <w:gridCol w:w="1153"/>
+        <w:gridCol w:w="4031"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="7F58435E" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-185756168"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5331443D" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2413B12D" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="00225DC8" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Vega CPU (IZUM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="2AE664D7" w14:textId="3DFF254E" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1672324419"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2280DD19" w14:textId="2C6DBD71" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AEC214" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="00225DC8" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:bCs/>
-[...27 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Vega GPU (IZUM)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="0C84260D" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="00E6408B" w14:textId="77777777" w:rsidTr="00F8184A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="65006AB2" w14:textId="46FE1C60" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1504863909"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="781D5FA3" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19EADF09" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="00225DC8" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Karolina CPU (IT4Innovations)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="263039388"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="627B289F" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29D23920" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="00A93CDF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Karolina GPU (IT4Innovations)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="55EFB9D3" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-102045852"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1C46C5A7" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62195123" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00E21EFB">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MeluXina CPU (LuxProvide)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="09483F47" w14:textId="56FBD566" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="210542109"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="004A9D46" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4980314A" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...26 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MeluXina GPU (LuxProvide)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="1631E1B3" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="2C3C64FD" w14:textId="77777777" w:rsidTr="00F8184A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="44B46C8E" w14:textId="46F9733A" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1233129791"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="68B8C8FD" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14037CFC" w14:textId="349C3B2C" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r w:rsidRPr="00CF03AC">
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>☐</w:t>
+              <w:t>MeluXina FPGA</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="58B56764" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(LuxProvide)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="303830748"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="64DE98AD" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A94097A" w14:textId="0FE74A61" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Karolina CPU (IT4Innovations)</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC14E5">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Discoverer GPU</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="424C3F12" w14:textId="4A199841" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(SofiaTech)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="0054DDA0" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-859349357"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="23FB0552" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7007D23C" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Discoverer CPU (SofiaTech)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="021C63EB" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1563472244"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="77193185" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8DA08C" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t>Karolina GPU (IT4Innovations)</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deucalion ARM (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="099DEF36" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="6E26DE8A" w14:textId="77777777" w:rsidTr="00F8184A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="12AC53C5" w14:textId="48EB6719" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-630704539"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="52C6F088" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35066E18" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deucalion x86 (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="78165879" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="2082867152"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="52BA6B08" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54A8E35A" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t>Discoverer (Sofia Tech Park)</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deucalion GPU (FCT)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="0C4D04BC" w14:textId="0E6015CC" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+      </w:tr>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="08507CCE" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1974673122"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="64345515" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B0F7B2" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>LUMI-C (CSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="01BB4DA2" w14:textId="024ECC96" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="0098590D" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1315573168"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0E1B452E" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47399D33" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...103 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LUMI-G (CSC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="3510047C" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="32E37539" w14:textId="77777777" w:rsidTr="00F8184A">
         <w:trPr>
-          <w:trHeight w:val="851"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="69402570" w14:textId="2C84E6FC" w:rsidR="00E71046" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-505280578"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="12D0A50F" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6958E918" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Leonardo Booster (CINECA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="5CE936AB" w14:textId="1CD262C0" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1488969918"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="12F323D9" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B3056A" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">Leonardo </w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Leonardo DCGP (CINECA)</w:t>
             </w:r>
-            <w:r w:rsidR="0098590D">
-[...1 lines deleted...]
-                <w:rFonts w:cs="Arial"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="30B10487" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-428341515"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5B14CAA5" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AF0BF6" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MN5 GPP (BSC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1537110440"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="216AA50D" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="134A9E8B" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MN5 ACC (BSC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FA0B2F" w:rsidRPr="004976AF" w14:paraId="7865CB5C" w14:textId="77777777" w:rsidTr="00F8184A">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-2048133311"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="684" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="12077434" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3933" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4301BB78" w14:textId="0B1B4476" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00497A54">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>MN5 HBM</w:t>
+            </w:r>
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0008422F">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(BSC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-80151545"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="1153" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3481B67F" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4031" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F43000C" w14:textId="77777777" w:rsidR="00FA0B2F" w:rsidRDefault="00FA0B2F" w:rsidP="00F8184A">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jupiter </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00497A54">
+              <w:rPr>
+                <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Booster</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...162 lines deleted...]
-              <w:t>MareNostrum 5 ACC (BSC)</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FZJ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B9A763B" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BED8DF4" w14:textId="5F171B90" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Principal Investigator</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17BCBB23" w14:textId="7FCCB809" w:rsidR="00F84A21" w:rsidRPr="00AF31D7" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the table below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2368"/>
         <w:gridCol w:w="7224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="2DEC337E" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="2DEC337E" w14:textId="77777777" w:rsidTr="00317E73">
         <w:trPr>
           <w:trHeight w:val="504"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F289E14" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2F289E14" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44453417" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="44453417" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="63C5057F" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="63C5057F" w14:textId="77777777" w:rsidTr="00317E73">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59803A25" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="59803A25" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D2BB9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>First</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA282D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Given)</w:t>
             </w:r>
             <w:r w:rsidRPr="003D2BB9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27438153" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="27438153" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="189763ED" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="189763ED" w14:textId="77777777" w:rsidTr="00317E73">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1870C9C2" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="1870C9C2" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D2BB9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Last </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA282D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(Family) </w:t>
             </w:r>
             <w:r w:rsidRPr="003D2BB9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39F8CB2E" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="39F8CB2E" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="5A7CB202" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00E71046" w:rsidRPr="00E21EFB" w14:paraId="5A7CB202" w14:textId="77777777" w:rsidTr="00317E73">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2368" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02E14821" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="02E14821" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="003D2BB9" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>E-mail Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7224" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1798C2FA" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="004B7FC5">
+          <w:p w14:paraId="1798C2FA" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00317E73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="259A62D6" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="003B26E0">
-[...8 lines deleted...]
-    <w:p w14:paraId="197DBE12" w14:textId="6DFAB111" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+    <w:p w14:paraId="197DBE12" w14:textId="6DFAB111" w:rsidR="00F84A21" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A69CFB8" w14:textId="77777777" w:rsidR="00EF1A8C" w:rsidRPr="00E21EFB" w:rsidRDefault="00EF1A8C" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0ADC3F91" w14:textId="085DE6B9" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project information</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54EBB2B0" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53D246BC" w14:textId="42165A4B" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Project </w:t>
       </w:r>
       <w:r w:rsidR="005E1692">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>title</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="623BD986" w14:textId="5EABF56B" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -1523,653 +2403,1516 @@
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C01E8" w:rsidRPr="00E21EFB" w14:paraId="5B11A727" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="007C01E8" w:rsidRPr="00E21EFB" w14:paraId="5B11A727" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299F306E" w14:textId="454209A2" w:rsidR="007C01E8" w:rsidRPr="00E21EFB" w:rsidRDefault="007C01E8" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="365A5A87" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78A7CEC2" w14:textId="71A30C79" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Main research field</w:t>
       </w:r>
       <w:r w:rsidR="00E71046">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CBD715" w14:textId="77777777" w:rsidR="00CF28CC" w:rsidRPr="00E21EFB" w:rsidRDefault="00CF28CC" w:rsidP="00CF28CC">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please click once in the box to select it, click again to unselect.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="9742" w:type="dxa"/>
+        <w:tblW w:w="9845" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="711"/>
+        <w:gridCol w:w="4155"/>
+        <w:gridCol w:w="716"/>
+        <w:gridCol w:w="4263"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0061524D" w:rsidRPr="004976AF" w14:paraId="57BE3DB8" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="271913492"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="711" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="23C4D60A" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5153F5C1" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Biochemistry, Bioinformatics and Life sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="216175645"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1D07C8D4" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB02D14" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Fundamental Constituents of Matter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061524D" w:rsidRPr="004976AF" w14:paraId="0480AE81" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-798293018"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="711" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="38529370" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52EEF020" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Chemical Sciences and Materials</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1141580160"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="337EDD8F" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="250679F0" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Linguistics, Cognition and Culture</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061524D" w:rsidRPr="004976AF" w14:paraId="2C545CDD" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1527167026"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="711" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="57B334D2" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10FE51B4" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Earth System Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1657838350"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="07913212" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="683AA18C" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Mathematics and Computer Sciences</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061524D" w:rsidRPr="004976AF" w14:paraId="7199FCC7" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-283200639"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="711" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B7B5E6E" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E27B21" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Economics, Finance and Management</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1050738863"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="399A5A4F" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="718760D0" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Physiology and Medicine</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0061524D" w:rsidRPr="004976AF" w14:paraId="66DDABBD" w14:textId="77777777" w:rsidTr="00C13538">
+        <w:trPr>
+          <w:trHeight w:val="781"/>
+        </w:trPr>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-449009331"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="711" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B8349D1" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4155" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B3A394" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Engineerin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1052500135"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="249737A3" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="004976AF" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4263" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="583E3E02" w14:textId="77777777" w:rsidR="0061524D" w:rsidRPr="00225DC8" w:rsidRDefault="0061524D" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004976AF">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Universe Science</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="20DAB052" w14:textId="00AAFA88" w:rsidR="00F84A21" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29F5250E" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRDefault="00356DC9" w:rsidP="00356DC9">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Artificial Intellignece technologies used, if applicable</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9B5C48" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRDefault="00356DC9" w:rsidP="00356DC9">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Please click once in the box to select it, click again to unselect</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="704"/>
-        <w:gridCol w:w="4111"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4218"/>
+        <w:gridCol w:w="3527"/>
+        <w:gridCol w:w="726"/>
+        <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00304236" w:rsidRPr="00E21EFB" w14:paraId="2BA223EF" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00356DC9" w:rsidRPr="004976AF" w14:paraId="55F0DAF5" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="7B146649" w14:textId="6CAA64EA" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-430442431"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2F3019F6" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6360CA1B" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="00225DC8" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Machine Learning</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1564759461"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="726" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="1336628D" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="286F6E8D" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>☐</w:t>
+              <w:t>Audio (speech recognition, speech synthesis, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...77 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304236" w:rsidRPr="00E21EFB" w14:paraId="507063DA" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00356DC9" w:rsidRPr="004976AF" w14:paraId="597BC76A" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="4DF203C3" w14:textId="51D6E8B6" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1249567285"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="140CCAA3" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C69CB1" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="00225DC8" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Natural Language Processing</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-668857091"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="726" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="63760518" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AE5EE8" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r w:rsidRPr="00F3744B">
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>☐</w:t>
+              <w:t>Robotic process automation</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...69 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304236" w:rsidRPr="00E21EFB" w14:paraId="03FBD879" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00356DC9" w:rsidRPr="004976AF" w14:paraId="24E3337B" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="55901BC9" w14:textId="765CAC97" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1693421380"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7C9E253D" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A079F67" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>☐</w:t>
+              <w:t>Generative Language Modeling</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="778ECFB6" w14:textId="588731D8" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-930505248"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="726" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="717B1133" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="194FC91E" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Earth System Sciences </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3744B">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Virtual agents</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E21EFB">
-[...48 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304236" w:rsidRPr="00E21EFB" w14:paraId="5972450E" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00356DC9" w:rsidRPr="004976AF" w14:paraId="2EDB21BF" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="1349221A" w14:textId="7E63509D" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-263376639"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="3B3AB646" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="566F64EF" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deep Learning</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="2EF2F47D" w14:textId="1486D294" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1211797616"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="726" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="0A8005EF" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7064E2" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t>Economics, Finance and Management (SH1, SH2)</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F3744B">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Decision management: Classified and statistical learning methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...46 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00304236" w:rsidRPr="00E21EFB" w14:paraId="16CF2313" w14:textId="77777777" w:rsidTr="00501CC6">
+      <w:tr w:rsidR="00356DC9" w:rsidRPr="004976AF" w14:paraId="4338BBA1" w14:textId="77777777" w:rsidTr="00C13538">
         <w:trPr>
           <w:trHeight w:val="851"/>
         </w:trPr>
-        <w:tc>
-[...4 lines deleted...]
-          <w:p w14:paraId="6AE7CFE4" w14:textId="05E4BF54" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00501CC6" w:rsidP="003B26E0">
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="51354461"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="704" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="27AA68BE" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="Arial"/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3527" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F80F805" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
-[...8 lines deleted...]
-              <w:t>☐</w:t>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vision (image recognition, image generation, text recognition OCR</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-          <w:p w14:paraId="6CC3FBB9" w14:textId="77AE0AF8" w:rsidR="00304236" w:rsidRPr="00E21EFB" w:rsidRDefault="00304236" w:rsidP="003B26E0">
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00437B5C">
+              <w:rPr>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1525393175"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="726" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="21B7BE18" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="004976AF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2104763D" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="004976AF" w:rsidRDefault="00356DC9" w:rsidP="00C13538">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E21EFB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:r>
+              <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>☐</w:t>
-[...27 lines deleted...]
-              <w:t>(PE9)</w:t>
+              <w:t>Other*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20DAB052" w14:textId="00AAFA88" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+    <w:p w14:paraId="7282F58A" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRDefault="00356DC9" w:rsidP="00356DC9">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2512981C" w14:textId="77777777" w:rsidR="00356DC9" w:rsidRPr="00225DC8" w:rsidRDefault="00356DC9" w:rsidP="00356DC9">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>* Other - S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B6DB0">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>pecify the used AI technology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0646795A" w14:textId="77777777" w:rsidR="00C01466" w:rsidRPr="00E21EFB" w:rsidRDefault="00C01466" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A59E47C" w14:textId="3E629D49" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Team members and institutions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED84835" w14:textId="77777777" w:rsidR="00E71046" w:rsidRPr="00E21EFB" w:rsidRDefault="00E71046" w:rsidP="00E71046">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
@@ -2177,83 +3920,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>list all team members and corresponding affiliations that were involved in the project.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="796A8CCF" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="796A8CCF" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FFF8A54" w14:textId="5C648B70" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="42831471" w14:textId="39B4101D" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BDAF2F0" w14:textId="50B96EEF" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Summary of the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8114C5" w14:textId="606F5484" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
@@ -2267,224 +4010,201 @@
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>00 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="06961BEF" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="06961BEF" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C933648" w14:textId="18462F8A" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13DE7796" w14:textId="54FB9F13" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54127943" w14:textId="63C2E59D" w:rsidR="00F94D11" w:rsidRPr="00E21EFB" w:rsidRDefault="00F94D11" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE307CE" w14:textId="530DA152" w:rsidR="2B535CF4" w:rsidRDefault="2B535CF4" w:rsidP="2B535CF4">
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> of the code</w:t>
+    <w:p w14:paraId="46EFB5EA" w14:textId="16041D48" w:rsidR="00F94D11" w:rsidRPr="00E21EFB" w:rsidRDefault="00F94D11" w:rsidP="00F94D11">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Main features of the code</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD5EECE" w14:textId="77777777" w:rsidR="00F94D11" w:rsidRPr="00E21EFB" w:rsidRDefault="00F94D11" w:rsidP="00F94D11">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0924E6D6" w14:textId="1E1C683D" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F94D11" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Name of the code(s)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10D754AC" w14:textId="74A1F628" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="003C264C" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below</w:t>
       </w:r>
       <w:r w:rsidR="00F94D11" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="292DEE61" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="292DEE61" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61377FC7" w14:textId="579A9188" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6EAD2A53" w14:textId="043DA2C6" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B9A39B4" w14:textId="498A52F1" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="00515D67">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Type of the code distribution </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FF0F18" w14:textId="5657BE3C" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00751B04" w:rsidP="00515D67">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -2499,1451 +4219,1128 @@
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="1D2A6396" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="1D2A6396" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="739B0562" w14:textId="5FCDE46C" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="003B26E0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C84F30F" w14:textId="136D87DA" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C018458" w14:textId="33B41214" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Computational problem </w:t>
       </w:r>
       <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>executed</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01770BCE" w14:textId="6F75C72C" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="17C753F6">
+    <w:p w14:paraId="01770BCE" w14:textId="74E24828" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="00515D67">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="17C753F6">
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please fill in the information in the box below (e.g., N-body problem, Navier-stokes equation, </w:t>
-[...11 lines deleted...]
-        <w:t>etc.).</w:t>
+        <w:t>Please fill in the information in the box below (e.g., N-body problem, Navier-stokes equation, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00515D67" w:rsidRPr="00E21EFB" w14:paraId="66CB1F7D" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00515D67" w:rsidRPr="00E21EFB" w14:paraId="66CB1F7D" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05DC12D5" w14:textId="77777777" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="004B7FC5">
+          <w:p w14:paraId="05DC12D5" w14:textId="77777777" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0A4AFFC5" w14:textId="7A42EAF3" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="743C69EE" w14:textId="42481B6D" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Computational</w:t>
       </w:r>
       <w:r w:rsidR="00515D67" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> method</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624DF6D3" w14:textId="1C20EAE5" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="17C753F6">
+    <w:p w14:paraId="624DF6D3" w14:textId="6FD91D0E" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="00515D67">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="17C753F6">
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please fill in the information in the box below (e.g., FEM, FVM, PIC, spectral methods, </w:t>
-[...11 lines deleted...]
-        <w:t>etc.).</w:t>
+        <w:t>Please fill in the information in the box below (e.g., FEM, FVM, PIC, spectral methods, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="3B94D2A0" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w14:paraId="3B94D2A0" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="795E8EAF" w14:textId="5C52ECCA" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="004B7FC5">
+          <w:p w14:paraId="795E8EAF" w14:textId="5C52ECCA" w:rsidR="003B26E0" w:rsidRPr="00E21EFB" w:rsidRDefault="003B26E0" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6C9B98A9" w14:textId="283C8A53" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3593609A" w14:textId="7F47C72F" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="54583EEF" w:rsidP="003B26E0">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> (if applicable)</w:t>
+    <w:p w14:paraId="3593609A" w14:textId="3426AAED" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Kind of parallelism used</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B53AC65" w14:textId="6EA84447" w:rsidR="00515D67" w:rsidRPr="00E21EFB" w:rsidRDefault="00515D67" w:rsidP="00515D67">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below (e.g., MPI, OpenMP, MPI/OpenMP, pthreads, embarrassingly parallelism, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="368D4666" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="368D4666" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A7646F7" w14:textId="1CF050EB" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="4A7646F7" w14:textId="1CF050EB" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20E72CC7" w14:textId="5FAD964C" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="216BD0CE" w14:textId="64D81BB3" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Main libraries used, version and language. </w:t>
       </w:r>
       <w:r w:rsidR="00E71046">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Usage of</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> /usr/local </w:t>
       </w:r>
       <w:r w:rsidR="00E71046">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>libraries.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021D3F0F" w14:textId="476D8B67" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="17C753F6">
+    <w:p w14:paraId="021D3F0F" w14:textId="5CF67C97" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="0072726C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="17C753F6">
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below: main libraries (e.g., FFTW, MKL, BLAS, LAPACK, etc.), language (</w:t>
       </w:r>
-      <w:r w:rsidR="00932A1E" w:rsidRPr="17C753F6">
+      <w:r w:rsidR="00932A1E">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">e.g., </w:t>
       </w:r>
-      <w:r w:rsidRPr="17C753F6">
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Fortran, C, C++, etc.).</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t>(If Applicable)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="7E83220C" w14:textId="77777777" w:rsidTr="2B535CF4">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="7E83220C" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64D29AA2" w14:textId="11655558" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="64D29AA2" w14:textId="4A5D02A4" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2556DF83" w14:textId="5F8BAF43" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="2B535CF4">
-[...30 lines deleted...]
-    <w:p w14:paraId="4EB2CE8C" w14:textId="353448E2" w:rsidR="1EC2FDED" w:rsidRDefault="1EC2FDED" w:rsidP="2B535CF4">
+    <w:p w14:paraId="35C9C68E" w14:textId="77777777" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="00F84A21" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12A360D4" w14:textId="1330CF55" w:rsidR="00F84A21" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Other software used on the EuroHPC </w:t>
+      </w:r>
+      <w:r w:rsidR="00F25887">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">JU </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>systems. Usage of post-processing or pre-processing tools.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1900EAF2" w14:textId="31BB3C05" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="2B535CF4">
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below.</w:t>
-      </w:r>
-[...379 lines deleted...]
-        <w:t>makefile, script, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0072726C" w:rsidRPr="00E21EFB" w14:paraId="7279DA97" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="24FCB282" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3705BEEA" w14:textId="77777777" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="07BE2777" w14:textId="6D3B1B0D" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D16C734" w14:textId="77777777" w:rsidR="00751B04" w:rsidRPr="00E21EFB" w:rsidRDefault="00751B04" w:rsidP="003B26E0">
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="2556DF83" w14:textId="2A698370" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CE4340F" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D8841CE" w14:textId="194B7DF8" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="0072726C">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Difficulties met to compile, if any, and how they were tackled</w:t>
-[...8 lines deleted...]
-          <w:iCs/>
+        <w:t>Compilation step</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="243E5B50" w14:textId="77777777" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D56550E" w14:textId="2C01AF4B" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="000C4315" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How is the program complied?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F87B6BB" w14:textId="51AB85C2" w:rsidR="000C4315" w:rsidRPr="00E21EFB" w:rsidRDefault="000C4315" w:rsidP="000C4315">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below.</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Please fill in the information in the box below (</w:t>
+      </w:r>
+      <w:r w:rsidR="00271746">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e.g., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>makefile, script, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="5E036290" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0072726C" w:rsidRPr="00E21EFB" w14:paraId="7279DA97" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60EC22E4" w14:textId="0F89BAE3" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="3705BEEA" w14:textId="77777777" w:rsidR="0072726C" w:rsidRPr="00E21EFB" w:rsidRDefault="0072726C" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="143438CA" w14:textId="327354D5" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
-[...36 lines deleted...]
-    <w:p w14:paraId="789CC543" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+    <w:p w14:paraId="7D16C734" w14:textId="77777777" w:rsidR="00751B04" w:rsidRPr="00E21EFB" w:rsidRDefault="00751B04" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="695116BB" w14:textId="2E8EA369" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Difficulties met to compile, if any, and how they were tackled</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7CBD29" w14:textId="3AE8A192" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00751B04" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="47001236" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="5E036290" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31488AC2" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="004B7FC5">
+          <w:p w14:paraId="60EC22E4" w14:textId="0F89BAE3" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D8A32BE" w14:textId="09C961D1" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
-[...10 lines deleted...]
-        <w:pStyle w:val="PRACEHeading2"/>
+    <w:p w14:paraId="143438CA" w14:textId="327354D5" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EEF2CF7" w14:textId="1F7911E4" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Were any tools for studying the behavior of the code used?</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="08A015BB" w14:textId="762E3CBD" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+        <w:t>Which version of the complier and version of the MPI library was used?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789CC543" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below (e.g.,</w:t>
-[...11 lines deleted...]
-        <w:t>debugger, profiler, etc.).</w:t>
+        <w:t>Please fill in the information in the box below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="23C04921" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="47001236" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="006E5505" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="004B7FC5">
+          <w:p w14:paraId="31488AC2" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22C24631" w14:textId="49ADEB28" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
-[...29 lines deleted...]
-        <w:spacing w:after="240"/>
+    <w:p w14:paraId="0D8A32BE" w14:textId="09C961D1" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="492E19C9" w14:textId="66321B26" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Execution step</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="2AC01FD7" w14:textId="73C21F84" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+        <w:t>Were any tools for studying the behavior of the code used?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08A015BB" w14:textId="762E3CBD" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>Please fill in the information in the box below.</w:t>
+        <w:t>Please fill in the information in the box below (e.g.,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>debugger, profiler, etc.).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="336A1E3E" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="23C04921" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27925240" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="004B7FC5">
+          <w:p w14:paraId="006E5505" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22769718" w14:textId="3A8F3A01" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="22C24631" w14:textId="49ADEB28" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="302330DA" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49805247" w14:textId="2209542B" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Difficulties met to launch the code, if any, and how they were tackled</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5320AD07" w14:textId="4E764608" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+        <w:t>Execution step</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1279E184" w14:textId="68CD2E50" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56F5B225" w14:textId="4DFAAE76" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>How is the program launched?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AC01FD7" w14:textId="73C21F84" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="7650E869" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="336A1E3E" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279ABCFC" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="004B7FC5">
+          <w:p w14:paraId="27925240" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00AF183B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22769718" w14:textId="3A8F3A01" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="091704D2" w14:textId="0CDDA84F" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Difficulties met to launch the code, if any, and how they were tackled</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5320AD07" w14:textId="4E764608" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00D10EA8">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
+        <w:rPr>
+          <w:rStyle w:val="SubtleEmphasis"/>
+        </w:rPr>
+        <w:t>Please fill in the information in the box below.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9727"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w14:paraId="7650E869" w14:textId="77777777" w:rsidTr="00AF183B">
+        <w:trPr>
+          <w:trHeight w:val="549"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9727" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="279ABCFC" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23B0FA61" w14:textId="57820FB0" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33A0B279" w14:textId="77777777" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00D10EA8" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="10333AB9" w14:textId="1CE2CD1C" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="17C753F6">
+    <w:p w14:paraId="10333AB9" w14:textId="3B0FB3EE" w:rsidR="00D10EA8" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Communication patterns</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (if applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="328C1C50" w14:textId="0788178D" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>If you know which are the main communication patterns used in your code configuration,</w:t>
       </w:r>
       <w:r w:rsidR="00271746">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> please</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
@@ -3951,589 +5348,682 @@
         <w:t xml:space="preserve"> select the ones from the mentioned below (click once in the box to select it, click again to unselect):</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="716"/>
         <w:gridCol w:w="5235"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="3C964A03" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-686910357"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="2398C31F" w14:textId="3F0C69BE" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36823775" w14:textId="46F42BCC" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Many / few / no point-to-point communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="3AA8FA15" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1462769991"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="6CA22C01" w14:textId="1718B60E" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="247F172E" w14:textId="30083B75" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Many / few / no collective communications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="59744E44" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="1592745789"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="7F8EBE35" w14:textId="3F53FF61" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2223FB81" w14:textId="566498F9" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Barrier</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="029B265A" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="801580605"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="5DEB6EB4" w14:textId="003D1DAF" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C02CDBA" w14:textId="62441CD1" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Reduction</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="0823E603" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="527"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-2121370282"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="151AECA4" w14:textId="3BACA2AF" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44F50DEC" w14:textId="60B36F3E" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Broadcast</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="6EF499E1" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1655452312"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="643BBB4F" w14:textId="36F90631" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628DA4B5" w14:textId="29590496" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Scatter/gather</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B73951" w:rsidRPr="00E21EFB" w14:paraId="00C3E091" w14:textId="77777777" w:rsidTr="00B73951">
         <w:trPr>
           <w:trHeight w:val="496"/>
         </w:trPr>
-        <w:tc>
-[...20 lines deleted...]
-        </w:tc>
+        <w:sdt>
+          <w:sdtPr>
+            <w:rPr>
+              <w:bCs/>
+              <w:lang w:val="en-US"/>
+            </w:rPr>
+            <w:id w:val="-1150662938"/>
+            <w14:checkbox>
+              <w14:checked w14:val="0"/>
+              <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+              <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+            </w14:checkbox>
+          </w:sdtPr>
+          <w:sdtContent>
+            <w:tc>
+              <w:tcPr>
+                <w:tcW w:w="716" w:type="dxa"/>
+                <w:vAlign w:val="center"/>
+              </w:tcPr>
+              <w:p w14:paraId="38C03CAF" w14:textId="3A126C21" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
+                <w:pPr>
+                  <w:jc w:val="both"/>
+                  <w:rPr>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00E21EFB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:bCs/>
+                    <w:lang w:val="en-US"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:p>
+            </w:tc>
+          </w:sdtContent>
+        </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5235" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E4C770" w14:textId="63E65511" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E21EFB">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>All to all</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5207CCA8" w14:textId="77777777" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E39FA05" w14:textId="2F6CE826" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0012C0C4" w14:textId="5110AD24" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00402101" w:rsidP="00B73951">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="17C753F6">
+    <w:p w14:paraId="0012C0C4" w14:textId="12B9EAFB" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00402101" w:rsidP="00B73951">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>calability testing</w:t>
       </w:r>
-      <w:r w:rsidR="2AA1C019" w:rsidRPr="17C753F6">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5EA84DFA" w14:textId="56FF68EF" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F697F7A" w14:textId="40B56948" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Summary of the obtained results from the scalability testing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6125D1A7" w14:textId="3F72FA27" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00932A1E" w:rsidP="00B73951">
+    <w:p w14:paraId="6125D1A7" w14:textId="01785177" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00932A1E" w:rsidP="00B73951">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="17C753F6">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please s</w:t>
       </w:r>
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">how the scaling </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="4395055C" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve">how the scaling behavior of </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21EFB" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>behavior</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21EFB" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve">application. Which progress </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21EFB" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">application. Which progress </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21EFB" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve"> achieve</w:t>
+      </w:r>
+      <w:r w:rsidR="00E21EFB" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>was</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve"> achieve</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21EFB" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve">? Does it fulfil </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21EFB" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t>d</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B73951" w:rsidRPr="17C753F6">
+        <w:t xml:space="preserve">the set </w:t>
+      </w:r>
+      <w:r w:rsidR="00B73951" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">? Does it fulfil </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21EFB" w:rsidRPr="17C753F6">
+        <w:t>expectations? If not, what were the reasons</w:t>
+      </w:r>
+      <w:r w:rsidR="00402101">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
-        <w:t xml:space="preserve">the set </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>?</w:t>
       </w:r>
-      <w:r w:rsidR="00E21EFB" w:rsidRPr="17C753F6">
+      <w:r w:rsidR="00E21EFB" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> (maximum 500 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w14:paraId="667526B9" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w14:paraId="667526B9" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="160C06FF" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="160C06FF" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3A3D2D96" w14:textId="0A08B02B" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00B73951" w:rsidP="00B73951">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A5B0571" w14:textId="75B20C5A" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Images or graphics showing results from the scalability testing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69161F5A" w14:textId="67049A50" w:rsidR="00B73951" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>All tables and figures (including photographs, schemas, graphs and diagrams) should be numbered with Arabic numerals (1, 2,...n) and</w:t>
@@ -4560,449 +6050,455 @@
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> (minimum resolution 300 dpi).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F238E52" w14:textId="5217B6DB" w:rsidR="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72CECBF1" w14:textId="0272DB55" w:rsidR="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5163F5F7" w14:textId="07467EAA" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="17C753F6">
+    <w:p w14:paraId="5163F5F7" w14:textId="5C0D511C" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
+      <w:pPr>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Data to deploy scalability curves</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (If applicable)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B550C3F" w14:textId="4C7FCD64" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Typical user test cases</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47DE0611" w14:textId="1F70A69F" w:rsidR="00E21EFB" w:rsidRPr="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please include the data for each test case.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8363" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="010A92C0" w14:textId="77777777" w:rsidTr="00AA224C">
+      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="010A92C0" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8DF568" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2A8DF568" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of cores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="230C6DA0" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="230C6DA0" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wall clock time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2ED65A9C" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2ED65A9C" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Speed-up vs the first one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="705ED116" w14:textId="36A0E945" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="705ED116" w14:textId="36A0E945" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidR="002E28AE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>odes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00881E99" w14:textId="39F9AEB4" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="00881E99" w14:textId="39F9AEB4" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidR="00AA224C" w:rsidRPr="00402101">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>processes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="77F375B2" w14:textId="77777777" w:rsidTr="00AA224C">
+      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="77F375B2" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DAC87F3" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="0DAC87F3" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE83D18" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2EE83D18" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E7C9BAC" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="1E7C9BAC" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D6CDE6E" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2D6CDE6E" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="449DE1FD" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="449DE1FD" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="104EC2C3" w14:textId="77777777" w:rsidTr="00AA224C">
+      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="104EC2C3" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51F71A76" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="51F71A76" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FBEF0D2" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="0FBEF0D2" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B295480" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2B295480" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B9B6C6B" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="6B9B6C6B" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="449B2E5F" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="449B2E5F" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="21F0096B" w14:textId="77777777" w:rsidTr="00AA224C">
+      <w:tr w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w14:paraId="21F0096B" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38927AEC" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="38927AEC" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66827F88" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="66827F88" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37636F68" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="37636F68" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CB5AAF1" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="7CB5AAF1" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="606BC84D" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="004B7FC5">
+          <w:p w14:paraId="606BC84D" w14:textId="77777777" w:rsidR="00E21EFB" w:rsidRPr="00EF5F38" w:rsidRDefault="00E21EFB" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0AE34B1F" w14:textId="35104708" w:rsidR="00E21EFB" w:rsidRDefault="00E21EFB" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C81CB28" w14:textId="3B37B37A" w:rsidR="00E21EFB" w:rsidRPr="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
@@ -5018,886 +6514,909 @@
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Strong scaling curve</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="185A7736" w14:textId="202D5A80" w:rsidR="00E21EFB" w:rsidRPr="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA224C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please include the data in order to deploy the scalability curve when the number of processors varies for a fixed total problem size.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8363" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="1AE097A0" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="1AE097A0" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02DA370C" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="02DA370C" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of cores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="087E6868" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="087E6868" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wall clock time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7478153A" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="7478153A" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Speed-up vs the first one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DD352CA" w14:textId="5621DFB8" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="3DD352CA" w14:textId="5621DFB8" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidR="002E28AE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>odes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1BDC55" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="6F1BDC55" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidRPr="00402101">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>processes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="623DA702" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="623DA702" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35259A96" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="35259A96" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EA82E93" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="7EA82E93" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="150FC58D" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="150FC58D" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="191A6759" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="191A6759" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24FB92DB" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="24FB92DB" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="20F6D1C1" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="20F6D1C1" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="723CF48E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="723CF48E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="277EDCF4" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="277EDCF4" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48EF4FBC" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="48EF4FBC" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD2C9FF" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="1FD2C9FF" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="749C0849" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="749C0849" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="526439C2" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="526439C2" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37D9AF0F" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="37D9AF0F" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="351D930A" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="351D930A" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A9EB023" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="4A9EB023" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44D80FD2" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="44D80FD2" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FE3D4B7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2FE3D4B7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3E3FC7DA" w14:textId="2FE2D774" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C704E24" w14:textId="30744CA0" w:rsidR="00AA224C" w:rsidRPr="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA224C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Weak scaling curve</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F5F4A4" w14:textId="6053D669" w:rsidR="00E21EFB" w:rsidRPr="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA224C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please include the data in order to deploy the scalability curve when the number of processors varies for a fixed problem size per processor.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8363" w:type="dxa"/>
-        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1672"/>
         <w:gridCol w:w="1673"/>
         <w:gridCol w:w="1673"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="10DAA2E4" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="10DAA2E4" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7079C2D9" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="7079C2D9" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of cores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A34E962" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="0A34E962" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wall clock time</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEA1378" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2AEA1378" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Speed-up vs the first one</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70F9A547" w14:textId="6C908602" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="70F9A547" w14:textId="6C908602" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
             <w:r w:rsidR="002E28AE">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00EF5F38">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>odes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="344687F5" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00402101" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="344687F5" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00402101" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00402101">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Number of processes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="152F22CB" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="152F22CB" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA7B2FC" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2EA7B2FC" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="728A4330" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="728A4330" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D4079E1" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="3D4079E1" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D9086E0" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="6D9086E0" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C932CEB" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="5C932CEB" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="548D5F00" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="548D5F00" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C567D0B" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="4C567D0B" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D07EAC9" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2D07EAC9" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23C6E80E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="23C6E80E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20C11C0F" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="20C11C0F" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B5E1D0E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2B5E1D0E" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="67B8CA8D" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w14:paraId="67B8CA8D" w14:textId="77777777" w:rsidTr="0061524D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E8276B0" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="4E8276B0" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E102928" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="7E102928" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1672" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D07E0F6" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="4D07E0F6" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="424E19E7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="424E19E7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1673" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49449945" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="49449945" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00EF5F38" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:snapToGrid w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D19D2E1" w14:textId="02BBB18C" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7596F6FD" w14:textId="2E82552D" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Publications or reports regarding the scalability testing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1529DD41" w14:textId="1141A363" w:rsidR="00AA224C" w:rsidRPr="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA224C">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please use the following format: Author(s). “Title”. Publication, volume, issue, page, month year.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="1AD277D6" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="1AD277D6" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B760CB7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="1B760CB7" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31C261FC" w14:textId="174C1ECB" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E460140" w14:textId="65011E90" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Results on Input/Output</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A9CCF6C" w14:textId="7AC4A8FE" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DEAD995" w14:textId="269B0360" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Size of the data and/or the number of files</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35AA2A4E" w14:textId="684E1DFB" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
@@ -5907,83 +7426,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> (maximum 300 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="0A2C2FE5" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="0A2C2FE5" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AB984E6" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="0AB984E6" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="659406A4" w14:textId="7ACFB0D8" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="704F5D5C" w14:textId="0B3AA9E0" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00AA224C">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Usage of MPI-IO features</w:t>
       </w:r>
       <w:r w:rsidR="00402101">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, if applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637D4755" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
@@ -5999,116 +7518,116 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve"> (maximum 300 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="396CC0B6" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w14:paraId="396CC0B6" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11E92CEA" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="004B7FC5">
+          <w:p w14:paraId="11E92CEA" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRPr="00E21EFB" w:rsidRDefault="00AA224C" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0CC0448F" w14:textId="77777777" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00AA224C">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FEBEAAC" w14:textId="1C29C655" w:rsidR="00AA224C" w:rsidRDefault="00AA224C" w:rsidP="00E21EFB">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09AA77E9" w14:textId="70A0175F" w:rsidR="00AA224C" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Main results</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10209E02" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22082FF4" w14:textId="37D5E938" w:rsidR="00DA33E1" w:rsidRPr="00DA33E1" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA33E1">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Conclusions about the project</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF24C05" w14:textId="721C16C9" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -6125,186 +7644,83 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w14:paraId="209C26A8" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w14:paraId="209C26A8" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2459F7" w14:textId="322D183F" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="004B7FC5">
+          <w:p w14:paraId="2F2459F7" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D00C1A7" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
-[...102 lines deleted...]
-    <w:p w14:paraId="702F7022" w14:textId="77777777" w:rsidR="000161BF" w:rsidRPr="00E21EFB" w:rsidRDefault="000161BF" w:rsidP="00DA33E1">
+    <w:p w14:paraId="0D00C1A7" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="066F8C2B" w14:textId="181F5BAC" w:rsidR="00DA33E1" w:rsidRPr="00DA33E1" w:rsidRDefault="00DA33E1" w:rsidP="00DA33E1">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t>Usability of the assigned EuroHPC</w:t>
       </w:r>
       <w:r w:rsidR="00402101">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> JU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6337,117 +7753,117 @@
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w14:paraId="516E51B5" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w14:paraId="516E51B5" w14:textId="77777777" w:rsidTr="00AF183B">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24544F2E" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="004B7FC5">
+          <w:p w14:paraId="24544F2E" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="00AF183B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DB1A2E1" w14:textId="67805FBE" w:rsidR="00B73951" w:rsidRDefault="00B73951" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1277C8FF" w14:textId="77777777" w:rsidR="00DA33E1" w:rsidRPr="00E21EFB" w:rsidRDefault="00DA33E1" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="15FA2696" w14:textId="7AB1F7ED" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading1"/>
+        <w:pStyle w:val="EuroHPCJUHeading1"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Feedback and technical deployment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18AF2E11" w14:textId="13870191" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D53E4C7" w14:textId="4BCC7966" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Feedback on the </w:t>
       </w:r>
       <w:r w:rsidR="00280414" w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>centers</w:t>
       </w:r>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/EuroHPC</w:t>
       </w:r>
       <w:r w:rsidR="002E28AE">
@@ -6479,314 +7895,305 @@
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Please fill in the information in the box below (maximum 500 words). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="619228C8" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="619228C8" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E97D34E" w14:textId="1024C71C" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="3E97D34E" w14:textId="1024C71C" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CC67FFD" w14:textId="55FCBEEA" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C350A65" w14:textId="7E5A2A06" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Explanation of how the computer time was used compared with the work plan presented in the proposal. Justification of discrepancies, especially if the computer time was not completely used. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E7E8F9" w14:textId="333AFA1B" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t>Please fill in the information in the box below (maximum 500 words).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="0DA463E6" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="0DA463E6" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BCAC996" w14:textId="6DF7240F" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="5BCAC996" w14:textId="6DF7240F" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36A87283" w14:textId="4CCC86D4" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5D5D52EC" w14:textId="4B335F59" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00402101" w:rsidP="003B26E0">
       <w:pPr>
-        <w:pStyle w:val="PRACEHeading2"/>
+        <w:pStyle w:val="EuroHPCJUHeading2"/>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Willingness to apply to EuroHPC JU Access Modes in the future</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="088014F8" w14:textId="4EAE3278" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E21EFB">
         <w:rPr>
           <w:rStyle w:val="SubtleEmphasis"/>
         </w:rPr>
         <w:t xml:space="preserve">Please fill in the information in the box below (maximum 500 words). </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="002060"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="002060"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9727"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="0437A752" w14:textId="77777777" w:rsidTr="004B7FC5">
+      <w:tr w:rsidR="0014637E" w:rsidRPr="00E21EFB" w14:paraId="0437A752" w14:textId="77777777" w:rsidTr="00790AA4">
         <w:trPr>
           <w:trHeight w:val="549"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9727" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05A0C87A" w14:textId="3D2F37B4" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="004B7FC5">
+          <w:p w14:paraId="05A0C87A" w14:textId="3D2F37B4" w:rsidR="0014637E" w:rsidRPr="00E21EFB" w:rsidRDefault="0014637E" w:rsidP="00790AA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D88F3C6" w14:textId="29FCA535" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C5AB785" w14:textId="77777777" w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidRDefault="00D64230" w:rsidP="003B26E0">
       <w:pPr>
         <w:spacing w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D64230" w:rsidRPr="00E21EFB" w:rsidSect="00F96ECD">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2552" w:right="1077" w:bottom="1440" w:left="1077" w:header="709" w:footer="335" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B36E5FD" w14:textId="77777777" w:rsidR="00464603" w:rsidRDefault="00464603" w:rsidP="000E7B6E">
+    <w:p w14:paraId="7DB1E177" w14:textId="77777777" w:rsidR="00851098" w:rsidRDefault="00851098" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64194E0B" w14:textId="77777777" w:rsidR="00464603" w:rsidRDefault="00464603" w:rsidP="000E7B6E">
+    <w:p w14:paraId="6CAF92E4" w14:textId="77777777" w:rsidR="00851098" w:rsidRDefault="00851098" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:altName w:val="Arial"/>
-    <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -6798,125 +8205,114 @@
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="37634A05" w14:textId="4D5E05C0" w:rsidR="00BB4851" w:rsidRDefault="003D4E78">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="37634A05" w14:textId="7B781D51" w:rsidR="00BB4851" w:rsidRDefault="00BB4851">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="4294967295" distB="4294967295" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B006416" wp14:editId="683827DC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A09B41F" wp14:editId="75299B95">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>-42545</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
-                <wp:posOffset>8028304</wp:posOffset>
+                <wp:posOffset>8028214</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6276975" cy="0"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapSquare wrapText="bothSides"/>
-              <wp:docPr id="394605172" name="Straight Connector 1"/>
-[...2 lines deleted...]
-              </wp:cNvGraphicFramePr>
+              <wp:docPr id="1" name="Straight Connector 1"/>
+              <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
-                    <wps:cNvCnPr>
-[...1 lines deleted...]
-                    </wps:cNvCnPr>
+                    <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6276975" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
                         <a:solidFill>
                           <a:srgbClr val="FFC000"/>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
-              <wp14:sizeRelH relativeFrom="page">
-[...4 lines deleted...]
-              </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2A44E66C" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-3e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-3e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-3.35pt,632.15pt" to="490.9pt,632.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCF5uRQxQEAAPEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNGkluhA13UNX5bKC&#10;Fct+gOuMWwvbY9mmSf+esdNkV4CEWHEZZex5b94bTza3gzXsDCFqdC1fLmrOwEnstDu2/Onb/t0H&#10;zmISrhMGHbT8ApHfbt++2fS+gRWe0HQQGJG42PS+5aeUfFNVUZ7AirhAD44uFQYrEqXhWHVB9MRu&#10;TbWq63XVY+h8QAkx0undeMm3hV8pkOmLUhESMy0nbanEUOIhx2q7Ec0xCH/S8ipDvEKFFdpR05nq&#10;TiTBfgT9G5XVMmBElRYSbYVKaQnFA7lZ1r+4eTwJD8ULDSf6eUzx/9HKz+edewhZuhzco79H+T3S&#10;UKrex2a+zEn0Y9mggs3lpJ0NZZCXeZAwJCbpcL26WX+8ec+ZnO4q0UxAH2L6BGhZ/mi50S57FI04&#10;38eUW4tmKsnHxuUY0ehur40pSTgediaws6BX3e93dV0ekoAvyijL0GJk1F5cpIuBkfYrKKY7Urss&#10;7cvKwUwrpASXlnlBChNVZ5giCTOw/jvwWp+hUNbxX8AzonRGl2aw1Q7Dn7qnYZKsxvppAqPvPIID&#10;dpeHML0x7VVxeP0H8uK+zAv8+U/d/gQAAP//AwBQSwMEFAAGAAgAAAAhAC1qC83cAAAADAEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj01Lw0AQhu+C/2EZwVu7aZVYYzalCC14bBW8TrLTJJqdDbvbpv57&#10;x4Pocd55eD/K9cUN6kwh9p4NLOYZKOLG255bA2+v29kKVEzIFgfPZOCLIqyr66sSC+sn3tP5kFol&#10;JhwLNNClNBZax6Yjh3HuR2L5HX1wmOQMrbYBJzF3g15mWa4d9iwJHY703FHzeTg5A+1uU++2IaD+&#10;4Ly30/4lvR9HY25vLpsnUIku6Q+Gn/pSHSrpVPsT26gGA7P8QUjRl/n9HSghHlcLGVP/Sroq9f8R&#10;1TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtD&#10;b250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAA&#10;AAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAhebkUMUBAADxAwAADgAAAAAAAAAAAAAA&#10;AAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALWoLzdwAAAAMAQAADwAAAAAAAAAA&#10;AAAAAAAfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAACgFAAAAAA==&#10;" strokecolor="#ffc000">
-              <o:lock v:ext="edit" shapetype="f"/>
+            <v:line w14:anchorId="4B351259" id="Straight Connector 1" o:spid="_x0000_s1026" style="position:absolute;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:margin" from="-3.35pt,632.15pt" to="490.9pt,632.15pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKgBcmtwEAANUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815IN1GkFyzk4cC5F&#10;G7TNB9DU0iLAF0jGkv++y7UtB02AokEuFJfcmZ0drla3ozXsADFp71o+n9WcgZO+027f8sff209f&#10;OEtZuE4Y76DlR0j8dv3xw2oIDSx8700HkSGJS80QWt7nHJqqSrIHK9LMB3B4qXy0ImMY91UXxYDs&#10;1lSLul5Wg49diF5CSnh6d7rka+JXCmT+oVSCzEzLUVumNdK6K2u1XolmH0XotTzLEG9QYYV2WHSi&#10;uhNZsKeoX1BZLaNPXuWZ9LbySmkJ1AN2M6//6uZXLwJQL2hOCpNN6f1o5ffDxj1EtGEIqUnhIZYu&#10;RhVt+aI+NpJZx8ksGDOTeLhc3Cy/3nzmTF7uqiswxJTvwVtWNi032pU+RCMO31LGYph6SSnHxpU1&#10;eaO7rTaGgrjfbUxkB4Evt91u6poeC4HP0jAq0OqqnXb5aOBE+xMU0x2qnVN5GiuYaIWU4PK8DAEx&#10;YXaBKZQwAet/A8/5BQo0cv8DnhBU2bs8ga12Pr5WPY8XyeqUf3Hg1HexYOe7I70qWYOzQx2e57wM&#10;5/OY4Ne/cf0HAAD//wMAUEsDBBQABgAIAAAAIQAtagvN3AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI9NS8NAEIbvgv9hGcFbu2mVWGM2pQgteGwVvE6y0ySanQ2726b+e8eD6HHeeXg/yvXFDepM&#10;IfaeDSzmGSjixtueWwNvr9vZClRMyBYHz2TgiyKsq+urEgvrJ97T+ZBaJSYcCzTQpTQWWsemI4dx&#10;7kdi+R19cJjkDK22AScxd4NeZlmuHfYsCR2O9NxR83k4OQPtblPvtiGg/uC8t9P+Jb0fR2Nuby6b&#10;J1CJLukPhp/6Uh0q6VT7E9uoBgOz/EFI0Zf5/R0oIR5XCxlT/0q6KvX/EdU3AAAA//8DAFBLAQIt&#10;ABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10u&#10;eG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5y&#10;ZWxzUEsBAi0AFAAGAAgAAAAhAAqAFya3AQAA1QMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9E&#10;b2MueG1sUEsBAi0AFAAGAAgAAAAhAC1qC83cAAAADAEAAA8AAAAAAAAAAAAAAAAAEQQAAGRycy9k&#10;b3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAaBQAAAAA=&#10;" strokecolor="#ffc000">
               <w10:wrap type="square" anchorx="margin" anchory="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblpPr w:leftFromText="181" w:rightFromText="181" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="114"/>
       <w:tblW w:w="10042" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2093"/>
       <w:gridCol w:w="6804"/>
@@ -7053,100 +8449,100 @@
           </w:r>
           <w:r w:rsidR="00AF2D76">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00280414">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t>Benchmark</w:t>
           </w:r>
           <w:r w:rsidR="00115D93">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:t xml:space="preserve"> Access – Final Report</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1145" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="671E78C3" w14:textId="4000FC6B" w:rsidR="00FB2D28" w:rsidRDefault="00823C8C" w:rsidP="00BB4851">
+        <w:p w14:paraId="671E78C3" w14:textId="3A3FAE66" w:rsidR="00FB2D28" w:rsidRDefault="00E55CC3" w:rsidP="00BB4851">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>04</w:t>
+            <w:t>11</w:t>
           </w:r>
           <w:r w:rsidR="004717D9">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>/0</w:t>
+            <w:t>/</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>4</w:t>
+            <w:t>12</w:t>
           </w:r>
           <w:r w:rsidR="004717D9">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>/20</w:t>
           </w:r>
           <w:r w:rsidR="00115D93">
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:szCs w:val="18"/>
             </w:rPr>
-            <w:t>3</w:t>
+            <w:t>5</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:color w:val="0000FF"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:id w:val="-264308325"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="19317B"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="497988A4" w14:textId="6F677FD6" w:rsidR="00870456" w:rsidRDefault="00925A58" w:rsidP="00E5696D">
@@ -7160,114 +8556,107 @@
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
       <w:p w14:paraId="380F1C8C" w14:textId="77777777" w:rsidR="00905029" w:rsidRDefault="00905029" w:rsidP="00905029">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
       </w:p>
-      <w:p w14:paraId="567BD843" w14:textId="1143D84C" w:rsidR="00B768DC" w:rsidRPr="003C55EC" w:rsidRDefault="004B7FC5" w:rsidP="00905029">
+      <w:p w14:paraId="567BD843" w14:textId="1143D84C" w:rsidR="00B768DC" w:rsidRPr="003C55EC" w:rsidRDefault="00000000" w:rsidP="00905029">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:rPr>
             <w:b/>
             <w:noProof/>
             <w:szCs w:val="18"/>
           </w:rPr>
         </w:pPr>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17209573" w14:textId="77777777" w:rsidR="00464603" w:rsidRDefault="00464603" w:rsidP="000E7B6E">
+    <w:p w14:paraId="40322FD7" w14:textId="77777777" w:rsidR="00851098" w:rsidRDefault="00851098" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="47B0232A" w14:textId="77777777" w:rsidR="00464603" w:rsidRDefault="00464603" w:rsidP="000E7B6E">
+    <w:p w14:paraId="2F24D59D" w14:textId="77777777" w:rsidR="00851098" w:rsidRDefault="00851098" w:rsidP="000E7B6E">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="120955C8" w14:textId="238D4488" w:rsidR="0097433E" w:rsidRDefault="00F96ECD" w:rsidP="00E5696D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="4513" w:hanging="4513"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="page1"/>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D8AD0BF" wp14:editId="16AD57F9">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="7D8AD0BF" wp14:editId="16AD57F9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>10795</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>-7620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7560000" cy="1026000"/>
           <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
           <wp:wrapNone/>
           <wp:docPr id="4" name="Picture 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
@@ -7292,51 +8681,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="7560000" cy="1026000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7660B5DA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F22C209A"/>
@@ -8525,598 +9914,559 @@
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="884101831">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1488935276">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1132793717">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1213273301">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="930699039">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="365761600">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D422BE"/>
     <w:rsid w:val="000033F6"/>
     <w:rsid w:val="000071C2"/>
     <w:rsid w:val="0001100D"/>
-    <w:rsid w:val="000161BF"/>
     <w:rsid w:val="00030D4E"/>
     <w:rsid w:val="000448E9"/>
     <w:rsid w:val="00046FE3"/>
     <w:rsid w:val="000603DE"/>
+    <w:rsid w:val="00062781"/>
     <w:rsid w:val="000648F1"/>
+    <w:rsid w:val="0008422F"/>
     <w:rsid w:val="0009413B"/>
+    <w:rsid w:val="000A6A98"/>
     <w:rsid w:val="000B0568"/>
     <w:rsid w:val="000C4315"/>
     <w:rsid w:val="000D2B92"/>
     <w:rsid w:val="000D6031"/>
     <w:rsid w:val="000D6252"/>
     <w:rsid w:val="000E3CED"/>
     <w:rsid w:val="000E7B6E"/>
     <w:rsid w:val="00115D93"/>
-    <w:rsid w:val="00123365"/>
+    <w:rsid w:val="00123613"/>
     <w:rsid w:val="0012524F"/>
     <w:rsid w:val="00126EF4"/>
     <w:rsid w:val="00133CFE"/>
     <w:rsid w:val="0014637E"/>
     <w:rsid w:val="00146C13"/>
     <w:rsid w:val="00160B82"/>
     <w:rsid w:val="00186FC8"/>
     <w:rsid w:val="00197C34"/>
     <w:rsid w:val="001A0268"/>
+    <w:rsid w:val="001B7E6E"/>
     <w:rsid w:val="001C1F20"/>
     <w:rsid w:val="001E0A2F"/>
     <w:rsid w:val="001F41FC"/>
     <w:rsid w:val="00200070"/>
     <w:rsid w:val="00200E59"/>
     <w:rsid w:val="0020122F"/>
     <w:rsid w:val="00207C8D"/>
     <w:rsid w:val="00211F9E"/>
     <w:rsid w:val="00221582"/>
     <w:rsid w:val="002308EE"/>
     <w:rsid w:val="00243034"/>
     <w:rsid w:val="0024691F"/>
     <w:rsid w:val="0024784A"/>
     <w:rsid w:val="00251AC4"/>
     <w:rsid w:val="0025714C"/>
+    <w:rsid w:val="0026143E"/>
     <w:rsid w:val="002637D0"/>
     <w:rsid w:val="00267550"/>
     <w:rsid w:val="00271746"/>
     <w:rsid w:val="00274C4B"/>
     <w:rsid w:val="00280414"/>
     <w:rsid w:val="0028051A"/>
     <w:rsid w:val="00283C65"/>
     <w:rsid w:val="002A2FDB"/>
     <w:rsid w:val="002B2D1B"/>
     <w:rsid w:val="002B6D98"/>
     <w:rsid w:val="002C159B"/>
     <w:rsid w:val="002C5F47"/>
     <w:rsid w:val="002D0A2E"/>
     <w:rsid w:val="002D3163"/>
-    <w:rsid w:val="002D39F5"/>
     <w:rsid w:val="002E28AE"/>
     <w:rsid w:val="002F512D"/>
     <w:rsid w:val="003008E6"/>
     <w:rsid w:val="003015FF"/>
     <w:rsid w:val="00304236"/>
     <w:rsid w:val="003063CB"/>
     <w:rsid w:val="0031353E"/>
     <w:rsid w:val="00313EA3"/>
     <w:rsid w:val="00313F0D"/>
     <w:rsid w:val="0031402C"/>
     <w:rsid w:val="00324134"/>
+    <w:rsid w:val="00324EE9"/>
     <w:rsid w:val="003269ED"/>
     <w:rsid w:val="00326BE9"/>
     <w:rsid w:val="00333371"/>
     <w:rsid w:val="003351B6"/>
     <w:rsid w:val="0034595D"/>
     <w:rsid w:val="00347BBC"/>
     <w:rsid w:val="0035051B"/>
+    <w:rsid w:val="00356DC9"/>
     <w:rsid w:val="00356E62"/>
     <w:rsid w:val="00356E67"/>
     <w:rsid w:val="00357744"/>
     <w:rsid w:val="003748B4"/>
     <w:rsid w:val="003815F4"/>
     <w:rsid w:val="003819F1"/>
     <w:rsid w:val="003928A4"/>
     <w:rsid w:val="003932C8"/>
     <w:rsid w:val="00394868"/>
     <w:rsid w:val="00394C05"/>
     <w:rsid w:val="003A67CC"/>
     <w:rsid w:val="003B0EA4"/>
     <w:rsid w:val="003B2507"/>
     <w:rsid w:val="003B26E0"/>
     <w:rsid w:val="003C095D"/>
     <w:rsid w:val="003C264C"/>
     <w:rsid w:val="003C2812"/>
     <w:rsid w:val="003C55EC"/>
-    <w:rsid w:val="003D4E78"/>
     <w:rsid w:val="003D7EC4"/>
-    <w:rsid w:val="003E35D4"/>
     <w:rsid w:val="003E4328"/>
     <w:rsid w:val="003E4C0C"/>
     <w:rsid w:val="003E5AD6"/>
     <w:rsid w:val="003F2536"/>
     <w:rsid w:val="00402101"/>
+    <w:rsid w:val="004062FF"/>
     <w:rsid w:val="00417D05"/>
     <w:rsid w:val="004200FB"/>
     <w:rsid w:val="0042300F"/>
     <w:rsid w:val="00436C40"/>
     <w:rsid w:val="00437293"/>
     <w:rsid w:val="004451DE"/>
     <w:rsid w:val="00452B46"/>
     <w:rsid w:val="004542AC"/>
     <w:rsid w:val="00454C92"/>
     <w:rsid w:val="00461B80"/>
-    <w:rsid w:val="00464603"/>
     <w:rsid w:val="00464C8B"/>
     <w:rsid w:val="004717D9"/>
     <w:rsid w:val="00480AC5"/>
     <w:rsid w:val="004838DC"/>
     <w:rsid w:val="004842D2"/>
     <w:rsid w:val="00485539"/>
     <w:rsid w:val="00496052"/>
     <w:rsid w:val="004B0079"/>
     <w:rsid w:val="004B02F2"/>
     <w:rsid w:val="004B1551"/>
-    <w:rsid w:val="004B7FC5"/>
     <w:rsid w:val="004C7E55"/>
     <w:rsid w:val="004D5D67"/>
     <w:rsid w:val="004D67A3"/>
     <w:rsid w:val="004E4573"/>
     <w:rsid w:val="004E517D"/>
     <w:rsid w:val="004E739F"/>
     <w:rsid w:val="004F182E"/>
     <w:rsid w:val="00501817"/>
     <w:rsid w:val="00501CC6"/>
     <w:rsid w:val="00514EFD"/>
     <w:rsid w:val="00515CE1"/>
     <w:rsid w:val="00515D67"/>
     <w:rsid w:val="005161E0"/>
-    <w:rsid w:val="005268A5"/>
     <w:rsid w:val="005340FD"/>
     <w:rsid w:val="00536A38"/>
     <w:rsid w:val="00536B3B"/>
     <w:rsid w:val="005443F2"/>
     <w:rsid w:val="0055261D"/>
     <w:rsid w:val="0056311A"/>
     <w:rsid w:val="00571FE2"/>
     <w:rsid w:val="0059596A"/>
     <w:rsid w:val="00595F6D"/>
     <w:rsid w:val="005A1E93"/>
     <w:rsid w:val="005A1EF0"/>
     <w:rsid w:val="005A33DB"/>
     <w:rsid w:val="005A6719"/>
     <w:rsid w:val="005B1B35"/>
     <w:rsid w:val="005B31F6"/>
     <w:rsid w:val="005B444A"/>
     <w:rsid w:val="005C24C2"/>
     <w:rsid w:val="005D1DC7"/>
     <w:rsid w:val="005E1692"/>
     <w:rsid w:val="005F2D70"/>
     <w:rsid w:val="006075BC"/>
+    <w:rsid w:val="0061524D"/>
     <w:rsid w:val="00615E49"/>
     <w:rsid w:val="0062186D"/>
     <w:rsid w:val="006308C2"/>
     <w:rsid w:val="0063108C"/>
     <w:rsid w:val="00645B6D"/>
     <w:rsid w:val="00646A40"/>
     <w:rsid w:val="00654C1E"/>
     <w:rsid w:val="00660BC5"/>
     <w:rsid w:val="00661EDA"/>
     <w:rsid w:val="00661F39"/>
     <w:rsid w:val="00673535"/>
     <w:rsid w:val="006752AA"/>
     <w:rsid w:val="00680D05"/>
     <w:rsid w:val="006821CB"/>
     <w:rsid w:val="006825A6"/>
     <w:rsid w:val="006832B8"/>
     <w:rsid w:val="006A02A9"/>
     <w:rsid w:val="006B4CC7"/>
     <w:rsid w:val="006C0C24"/>
     <w:rsid w:val="006C20BF"/>
     <w:rsid w:val="006C57CC"/>
     <w:rsid w:val="006D79E6"/>
     <w:rsid w:val="006F3141"/>
     <w:rsid w:val="006F5865"/>
     <w:rsid w:val="006F6735"/>
     <w:rsid w:val="007005A9"/>
     <w:rsid w:val="00707C7C"/>
     <w:rsid w:val="0071498C"/>
     <w:rsid w:val="00716151"/>
     <w:rsid w:val="00722912"/>
     <w:rsid w:val="007240C3"/>
     <w:rsid w:val="0072726C"/>
     <w:rsid w:val="00732B73"/>
     <w:rsid w:val="00746D3D"/>
     <w:rsid w:val="00751B04"/>
     <w:rsid w:val="0075431D"/>
     <w:rsid w:val="00756AAC"/>
     <w:rsid w:val="00761A7C"/>
+    <w:rsid w:val="00766E2F"/>
     <w:rsid w:val="007774EF"/>
     <w:rsid w:val="00784A75"/>
     <w:rsid w:val="007853CC"/>
     <w:rsid w:val="00787F50"/>
     <w:rsid w:val="007961EA"/>
-    <w:rsid w:val="007B0A89"/>
     <w:rsid w:val="007B5FD2"/>
     <w:rsid w:val="007B6270"/>
     <w:rsid w:val="007B70AA"/>
     <w:rsid w:val="007C01E8"/>
     <w:rsid w:val="007D7D35"/>
     <w:rsid w:val="007E0BA0"/>
     <w:rsid w:val="007E0D91"/>
     <w:rsid w:val="007F3A92"/>
     <w:rsid w:val="007F4ECF"/>
+    <w:rsid w:val="007F7CFE"/>
     <w:rsid w:val="00800883"/>
     <w:rsid w:val="00815DC8"/>
-    <w:rsid w:val="00823C8C"/>
     <w:rsid w:val="00835347"/>
     <w:rsid w:val="00836B5B"/>
     <w:rsid w:val="00843699"/>
+    <w:rsid w:val="00851098"/>
     <w:rsid w:val="00856A20"/>
     <w:rsid w:val="00857D68"/>
     <w:rsid w:val="008623F0"/>
     <w:rsid w:val="00864712"/>
     <w:rsid w:val="008648EE"/>
     <w:rsid w:val="00870456"/>
     <w:rsid w:val="00871601"/>
     <w:rsid w:val="008837BA"/>
     <w:rsid w:val="00885F2A"/>
     <w:rsid w:val="008920C0"/>
     <w:rsid w:val="008953BB"/>
     <w:rsid w:val="00896D03"/>
     <w:rsid w:val="008A5BC3"/>
     <w:rsid w:val="008A78C6"/>
     <w:rsid w:val="008B1664"/>
     <w:rsid w:val="008B7379"/>
     <w:rsid w:val="008C0C82"/>
     <w:rsid w:val="008C1654"/>
     <w:rsid w:val="008D59A5"/>
     <w:rsid w:val="008E2424"/>
     <w:rsid w:val="008E3197"/>
     <w:rsid w:val="00902679"/>
     <w:rsid w:val="00905029"/>
     <w:rsid w:val="0091486D"/>
     <w:rsid w:val="00915CAD"/>
     <w:rsid w:val="00925A58"/>
     <w:rsid w:val="00930996"/>
     <w:rsid w:val="00932A1E"/>
     <w:rsid w:val="009628F1"/>
     <w:rsid w:val="00964734"/>
     <w:rsid w:val="009722B3"/>
     <w:rsid w:val="00972377"/>
     <w:rsid w:val="0097433E"/>
-    <w:rsid w:val="0098590D"/>
     <w:rsid w:val="00987349"/>
     <w:rsid w:val="00991259"/>
     <w:rsid w:val="009A0173"/>
     <w:rsid w:val="009A0569"/>
     <w:rsid w:val="009B306E"/>
     <w:rsid w:val="009D08A3"/>
     <w:rsid w:val="009D612C"/>
     <w:rsid w:val="009D66E1"/>
     <w:rsid w:val="009E4572"/>
     <w:rsid w:val="009F106F"/>
     <w:rsid w:val="009F191E"/>
     <w:rsid w:val="00A123C3"/>
     <w:rsid w:val="00A1420F"/>
     <w:rsid w:val="00A21C18"/>
     <w:rsid w:val="00A22D26"/>
     <w:rsid w:val="00A25135"/>
     <w:rsid w:val="00A252DA"/>
     <w:rsid w:val="00A2565E"/>
     <w:rsid w:val="00A34A2C"/>
     <w:rsid w:val="00A34DFF"/>
     <w:rsid w:val="00A35BD6"/>
     <w:rsid w:val="00A4364D"/>
     <w:rsid w:val="00A47E7B"/>
     <w:rsid w:val="00A56404"/>
     <w:rsid w:val="00A56789"/>
     <w:rsid w:val="00A60E7D"/>
     <w:rsid w:val="00A62CB6"/>
     <w:rsid w:val="00A66C63"/>
     <w:rsid w:val="00A738C6"/>
     <w:rsid w:val="00A7744D"/>
     <w:rsid w:val="00A83FCC"/>
     <w:rsid w:val="00AA224C"/>
     <w:rsid w:val="00AB338D"/>
     <w:rsid w:val="00AB752E"/>
-    <w:rsid w:val="00AC03C3"/>
     <w:rsid w:val="00AC7855"/>
     <w:rsid w:val="00AD0190"/>
     <w:rsid w:val="00AD102D"/>
     <w:rsid w:val="00AE2044"/>
     <w:rsid w:val="00AF2D76"/>
     <w:rsid w:val="00AF31D7"/>
     <w:rsid w:val="00AF6D2B"/>
     <w:rsid w:val="00AF7F03"/>
     <w:rsid w:val="00B00E15"/>
     <w:rsid w:val="00B136CE"/>
     <w:rsid w:val="00B238D9"/>
     <w:rsid w:val="00B30A34"/>
     <w:rsid w:val="00B329ED"/>
     <w:rsid w:val="00B45EBF"/>
     <w:rsid w:val="00B46CF7"/>
     <w:rsid w:val="00B66787"/>
     <w:rsid w:val="00B6739B"/>
     <w:rsid w:val="00B73951"/>
     <w:rsid w:val="00B75A73"/>
     <w:rsid w:val="00B768DC"/>
-    <w:rsid w:val="00B80EC0"/>
     <w:rsid w:val="00B81BE9"/>
     <w:rsid w:val="00B8477D"/>
     <w:rsid w:val="00BA3130"/>
     <w:rsid w:val="00BA69A6"/>
     <w:rsid w:val="00BA6FC4"/>
     <w:rsid w:val="00BB4851"/>
     <w:rsid w:val="00BB7471"/>
     <w:rsid w:val="00BB76A0"/>
     <w:rsid w:val="00BD5A6D"/>
     <w:rsid w:val="00BE1B09"/>
     <w:rsid w:val="00BF24DE"/>
+    <w:rsid w:val="00C01466"/>
     <w:rsid w:val="00C016A7"/>
     <w:rsid w:val="00C12948"/>
     <w:rsid w:val="00C1354B"/>
     <w:rsid w:val="00C14FF3"/>
     <w:rsid w:val="00C240E2"/>
     <w:rsid w:val="00C45A45"/>
     <w:rsid w:val="00C45EDD"/>
     <w:rsid w:val="00C4607D"/>
     <w:rsid w:val="00C51BEE"/>
     <w:rsid w:val="00C61899"/>
     <w:rsid w:val="00C64BF0"/>
     <w:rsid w:val="00C71B4B"/>
     <w:rsid w:val="00C87F9B"/>
     <w:rsid w:val="00C94CE2"/>
     <w:rsid w:val="00CC029C"/>
     <w:rsid w:val="00CC15EF"/>
     <w:rsid w:val="00CC1E59"/>
     <w:rsid w:val="00CD6AF2"/>
     <w:rsid w:val="00CE480D"/>
     <w:rsid w:val="00CF28CC"/>
     <w:rsid w:val="00CF3C15"/>
     <w:rsid w:val="00CF5344"/>
     <w:rsid w:val="00D0374E"/>
     <w:rsid w:val="00D03C7E"/>
     <w:rsid w:val="00D07F06"/>
     <w:rsid w:val="00D10EA8"/>
-    <w:rsid w:val="00D176C7"/>
     <w:rsid w:val="00D25FBC"/>
     <w:rsid w:val="00D32E66"/>
     <w:rsid w:val="00D422BE"/>
     <w:rsid w:val="00D44819"/>
     <w:rsid w:val="00D51457"/>
     <w:rsid w:val="00D64230"/>
     <w:rsid w:val="00D777AE"/>
     <w:rsid w:val="00D8175D"/>
     <w:rsid w:val="00D82580"/>
     <w:rsid w:val="00D95255"/>
     <w:rsid w:val="00D96365"/>
     <w:rsid w:val="00D96F9A"/>
     <w:rsid w:val="00DA0C9A"/>
     <w:rsid w:val="00DA2AFC"/>
     <w:rsid w:val="00DA33E1"/>
     <w:rsid w:val="00DA38A6"/>
     <w:rsid w:val="00DA7309"/>
     <w:rsid w:val="00DB4DDC"/>
     <w:rsid w:val="00DC16A4"/>
     <w:rsid w:val="00DC2C38"/>
     <w:rsid w:val="00DC669B"/>
     <w:rsid w:val="00DD5E2B"/>
     <w:rsid w:val="00DE4D2F"/>
     <w:rsid w:val="00E01492"/>
     <w:rsid w:val="00E10466"/>
     <w:rsid w:val="00E12ED6"/>
     <w:rsid w:val="00E1490F"/>
     <w:rsid w:val="00E170FE"/>
     <w:rsid w:val="00E1788B"/>
     <w:rsid w:val="00E2092A"/>
     <w:rsid w:val="00E20DB7"/>
     <w:rsid w:val="00E21EFB"/>
     <w:rsid w:val="00E2213C"/>
     <w:rsid w:val="00E241EF"/>
+    <w:rsid w:val="00E30A9C"/>
     <w:rsid w:val="00E36D68"/>
     <w:rsid w:val="00E3771D"/>
     <w:rsid w:val="00E45EB7"/>
     <w:rsid w:val="00E50C82"/>
     <w:rsid w:val="00E5306E"/>
     <w:rsid w:val="00E5519C"/>
+    <w:rsid w:val="00E55CC3"/>
     <w:rsid w:val="00E5696D"/>
     <w:rsid w:val="00E61092"/>
     <w:rsid w:val="00E71046"/>
     <w:rsid w:val="00E80920"/>
+    <w:rsid w:val="00E8334F"/>
     <w:rsid w:val="00E90541"/>
     <w:rsid w:val="00E94795"/>
     <w:rsid w:val="00EA0DBF"/>
     <w:rsid w:val="00EA2653"/>
     <w:rsid w:val="00EA46BC"/>
     <w:rsid w:val="00EA4CE1"/>
     <w:rsid w:val="00EA5728"/>
     <w:rsid w:val="00EB1CD5"/>
     <w:rsid w:val="00EB403B"/>
     <w:rsid w:val="00EB5BC5"/>
     <w:rsid w:val="00EC12FC"/>
+    <w:rsid w:val="00EC44DD"/>
     <w:rsid w:val="00EC7386"/>
     <w:rsid w:val="00EC7817"/>
     <w:rsid w:val="00EE0AC7"/>
     <w:rsid w:val="00EE49C9"/>
     <w:rsid w:val="00EE58F0"/>
     <w:rsid w:val="00EE7B0B"/>
+    <w:rsid w:val="00EF1A8C"/>
     <w:rsid w:val="00EF2D24"/>
     <w:rsid w:val="00EF33D2"/>
     <w:rsid w:val="00EF3723"/>
     <w:rsid w:val="00F022ED"/>
     <w:rsid w:val="00F0251C"/>
     <w:rsid w:val="00F03B2D"/>
     <w:rsid w:val="00F0798B"/>
     <w:rsid w:val="00F11AE6"/>
     <w:rsid w:val="00F132AF"/>
     <w:rsid w:val="00F1402D"/>
     <w:rsid w:val="00F15D36"/>
     <w:rsid w:val="00F17E6A"/>
     <w:rsid w:val="00F21700"/>
     <w:rsid w:val="00F25887"/>
     <w:rsid w:val="00F3048F"/>
     <w:rsid w:val="00F42B20"/>
     <w:rsid w:val="00F64E91"/>
     <w:rsid w:val="00F702A2"/>
     <w:rsid w:val="00F71170"/>
     <w:rsid w:val="00F82F5F"/>
     <w:rsid w:val="00F84A21"/>
     <w:rsid w:val="00F85575"/>
     <w:rsid w:val="00F901A5"/>
     <w:rsid w:val="00F94D11"/>
     <w:rsid w:val="00F9678F"/>
     <w:rsid w:val="00F96ECD"/>
+    <w:rsid w:val="00FA0B2F"/>
     <w:rsid w:val="00FB2D28"/>
     <w:rsid w:val="00FC4C3F"/>
     <w:rsid w:val="00FD1A84"/>
     <w:rsid w:val="00FE3CE4"/>
     <w:rsid w:val="00FE76B1"/>
     <w:rsid w:val="00FF0399"/>
     <w:rsid w:val="00FF4D25"/>
-    <w:rsid w:val="064BD875"/>
-[...46 lines deleted...]
-    <w:rsid w:val="785C422C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="12FB610A"/>
-  <w15:docId w15:val="{256700AB-CA95-47A5-8819-0CF6CAB3A0F1}"/>
+  <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10347,124 +11697,124 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA4CE1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="BookTitle">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:rsid w:val="00EE7B0B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="19317B"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading1">
-    <w:name w:val="PRACE Heading 1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading1">
+    <w:name w:val="EuroHPC JU Heading 1"/>
     <w:basedOn w:val="Heading1"/>
-    <w:link w:val="PRACEHeading1Char"/>
+    <w:link w:val="EuroHPCJUHeading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="8" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading2">
-    <w:name w:val="PRACE Heading 2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading2">
+    <w:name w:val="EuroHPC JU Heading 2"/>
     <w:basedOn w:val="Heading2"/>
-    <w:link w:val="PRACEHeading2Char"/>
+    <w:link w:val="EuroHPCJUHeading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="8" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading1Char">
-    <w:name w:val="PRACE Heading 1 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading1Char">
+    <w:name w:val="EuroHPC JU Heading 1 Char"/>
     <w:basedOn w:val="Heading1Char"/>
-    <w:link w:val="PRACEHeading1"/>
+    <w:link w:val="EuroHPCJUHeading1"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PRACEHeading3">
-    <w:name w:val="PRACE Heading 3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EuroHPCJUHeading3">
+    <w:name w:val="EuroHPC JU Heading 3"/>
     <w:basedOn w:val="Heading3"/>
-    <w:link w:val="PRACEHeading3Char"/>
+    <w:link w:val="EuroHPCJUHeading3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F96ECD"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="FFC000"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading2Char">
-    <w:name w:val="PRACE Heading 2 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading2Char">
+    <w:name w:val="EuroHPC JU Heading 2 Char"/>
     <w:basedOn w:val="Heading2Char"/>
-    <w:link w:val="PRACEHeading2"/>
+    <w:link w:val="EuroHPCJUHeading2"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="PRACEHeading3Char">
-    <w:name w:val="PRACE Heading 3 Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EuroHPCJUHeading3Char">
+    <w:name w:val="EuroHPC JU Heading 3 Char"/>
     <w:basedOn w:val="Heading3Char"/>
-    <w:link w:val="PRACEHeading3"/>
+    <w:link w:val="EuroHPCJUHeading3"/>
     <w:rsid w:val="00F96ECD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:color w:val="19317B"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="sl-SI"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C016A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
@@ -10528,60 +11878,55 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005E1692"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005E1692"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="19317B"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="ui-provider">
-[...3 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83260579">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="517815745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10684,50 +12029,52 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1050959074">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -10997,80 +12344,122 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011BD45769B505C47B741277D5A7E1AA2" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5f50a8d7ea25977eabd66789fbb2c3c5">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="17615853-7f91-438f-9534-afd54aeb325b" xmlns:ns3="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e0ee52207fdd3d74fdc56d05377652df" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="17615853-7f91-438f-9534-afd54aeb325b">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010011BD45769B505C47B741277D5A7E1AA2" ma:contentTypeVersion="21" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="165d1f5a1b5b8dd2782154e67cc5755f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="17615853-7f91-438f-9534-afd54aeb325b" xmlns:ns3="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="72cef66fe5dd5ee6040e06c2073859a1" ns1:_="" ns2:_="" ns3:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="17615853-7f91-438f-9534-afd54aeb325b"/>
     <xsd:import namespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="26" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="27" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="17615853-7f91-438f-9534-afd54aeb325b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -11097,50 +12486,65 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="16" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="c0b6b536-68da-4869-80cf-67b04ace3ce3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4f61047b-3b18-41b7-9c13-88e2fbe1b5d2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="17" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="18" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
@@ -11239,156 +12643,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{94452318-B0FA-4B69-ACCD-7536AA024F7F}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1BB9FB7B-09CA-4BA7-86D4-0E4A2258715D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="17615853-7f91-438f-9534-afd54aeb325b"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="f314ccf6-9aa5-48cd-9363-a26f75899780"/>
+    <ds:schemaRef ds:uri="3fc9b62a-bc61-4aac-89fe-00e1e567028b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FD603AD-25BD-4DBF-B7FF-9E7AAF26F437}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8727F1EF-DCB0-4F63-A409-0495BBAD4952}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AFF42CA2-7676-46FC-BB5D-FED18A7F670E}"/>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F6C91CC-8DA5-40F1-8321-E4332997BBBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="17615853-7f91-438f-9534-afd54aeb325b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>1103</Words>
-  <Characters>6290</Characters>
+  <Words>1102</Words>
+  <Characters>6288</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>52</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7379</CharactersWithSpaces>
+  <CharactersWithSpaces>7376</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Marjolein Oorsprong</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010011BD45769B505C47B741277D5A7E1AA2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>